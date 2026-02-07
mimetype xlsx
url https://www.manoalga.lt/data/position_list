--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2608">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2612">
   <si>
     <t>www.manoalga.lt</t>
   </si>
   <si>
-    <t>11/2025</t>
+    <t>02/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_lt</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_lt</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_lt</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administravimas</t>
   </si>
@@ -266,50 +266,68 @@
   </si>
   <si>
     <t>Biuro vadovas</t>
   </si>
   <si>
     <t>* Responsibility for department operations and the management of assigned tasks.
 * Administrative and organisational support for company management.
 * Coordination of subordinate staff and the delegation of tasks.
 * Management and supervision to ensure deadlines are met by the members of management.
 * Recording minutes from meetings and preparing materials for the members of management.
 * Communication with authorities, suppliers, and other institutions.
 * Responsibility for purchasing office supplies, refreshments, and office equipment.
 * Securing a repair service for moveable and real estate assets.
 * Managing the company’s fleet vehicles.</t>
   </si>
   <si>
     <t>* Atsakyti už departamento veiklą ir priskirtų užduočių valdymą.
 * Teikti administracinę ir organizacinę paramą bendrovės vadovybei.
 * Koordinuoti pavaldinių darbuotojų veiklą ir pavedinėti užduotis.
 * Valdyti ir prižiūrėti, kad valdymo nariai laikytųsi nustatytų terminų.
 * Protokolinguoti susirinkimų ir rengti medžiagą valdymo nariams.
 * Bendrauti su institucijomis, tiekėjais ir kitomis organizacijomis.
 * Atsakyti už biuro reikmenų, užkandžių ir biuro įrenginių pirkimą.
 * Užtikrinti remonto paslaugą judamiesiems ir nekilnojamiesiems turtams.
 * Valdyti bendrovės transporto priemones.</t>
+  </si>
+  <si>
+    <t>Procurement specialist</t>
+  </si>
+  <si>
+    <t>Viešųjų pirkimų specialistas</t>
+  </si>
+  <si>
+    <t>* planning acquisition
+* preparing the challenge, competition materials and other documents in the range of the chosen procedure of the acquisition
+* providing information to interested persons
+* administration of the selection process</t>
+  </si>
+  <si>
+    <t>* įsigijimo planavimas
+* konkursų, varžybų medžiagos ir kitų dokumentų rengimas pagal pasirinktą įsigijimo procedūrą
+* informacijos teikimas suinteresuotiesiems asmenims
+* atrankos proceso administravimas</t>
   </si>
   <si>
     <t>Project Coordinator</t>
   </si>
   <si>
     <t>Projektų koordinatorius</t>
   </si>
   <si>
     <t xml:space="preserve">* Becoming acquainted with the conditions for receiving grants through calls for proposals.
 * Creating project documentation necessary for the award of grants.
 * Submitting projects financed, for example, from EU structural funds to brokerage agencies.
 * Communicating with European Commission bodies, brokerage agencies and funding applicants.
 * Incorporating brought up objections into the project docummentation. </t>
   </si>
   <si>
     <t>* Susipažinti su dotacijų gavimo sąlygomis, skelbiamomis paraiškų pakvietimais.
 * Kurti projektų dokumentaciją, reikalingą dotacijų skyrimui.
 * Teikti projektus finansuojamus, pvz., iš ES struktūrinių fondų, maklerio agentūroms.
 * Bendrauti su Europos Komisijos institucijomis, maklerio agentūromis ir finansavimo paraiškos pateikėjais.
 * Įtraukti suabejotų pastabų projekto dokumentaciją.</t>
   </si>
   <si>
     <t>Receptionist</t>
   </si>
   <si>
@@ -14018,82 +14036,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F674"/>
+  <dimension ref="A1:F675"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F674"/>
+      <selection activeCell="E6" sqref="E6:F675"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3"/>
       <c r="B3" s="1">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="E5" t="s">
         <v>6</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
@@ -14354,13146 +14372,13166 @@
         <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>62</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>66</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>67</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" s="2" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B21" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C21" t="s">
         <v>72</v>
       </c>
       <c r="D21" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
         <v>76</v>
       </c>
       <c r="D22" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C23" t="s">
         <v>80</v>
       </c>
       <c r="D23" t="s">
         <v>81</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C24" t="s">
         <v>84</v>
       </c>
       <c r="D24" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>88</v>
       </c>
       <c r="D25" t="s">
         <v>89</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>92</v>
       </c>
       <c r="D26" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C27" t="s">
         <v>96</v>
       </c>
       <c r="D27" t="s">
         <v>97</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C28" t="s">
         <v>100</v>
       </c>
       <c r="D28" t="s">
         <v>101</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C29" t="s">
         <v>104</v>
       </c>
       <c r="D29" t="s">
         <v>105</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C30" t="s">
         <v>108</v>
       </c>
       <c r="D30" t="s">
         <v>109</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C31" t="s">
         <v>112</v>
       </c>
       <c r="D31" t="s">
         <v>113</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C32" t="s">
         <v>116</v>
       </c>
       <c r="D32" t="s">
         <v>117</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C33" t="s">
         <v>120</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>121</v>
       </c>
-      <c r="C33" t="s">
+      <c r="E33" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D33" t="s">
+      <c r="F33" s="2" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C34" t="s">
         <v>126</v>
       </c>
       <c r="D34" t="s">
         <v>127</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B35" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s">
         <v>130</v>
       </c>
       <c r="D35" t="s">
         <v>131</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C36" t="s">
         <v>134</v>
       </c>
       <c r="D36" t="s">
         <v>135</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B37" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C37" t="s">
         <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B38" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C38" t="s">
         <v>142</v>
       </c>
       <c r="D38" t="s">
         <v>143</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B39" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C39" t="s">
         <v>146</v>
       </c>
       <c r="D39" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B40" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C40" t="s">
         <v>150</v>
       </c>
       <c r="D40" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B41" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C41" t="s">
         <v>154</v>
       </c>
       <c r="D41" t="s">
         <v>155</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C42" t="s">
         <v>158</v>
       </c>
       <c r="D42" t="s">
         <v>159</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B43" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C43" t="s">
         <v>162</v>
       </c>
       <c r="D43" t="s">
         <v>163</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C44" t="s">
         <v>166</v>
       </c>
       <c r="D44" t="s">
         <v>167</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B45" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C45" t="s">
         <v>170</v>
       </c>
       <c r="D45" t="s">
         <v>171</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B46" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C46" t="s">
         <v>174</v>
       </c>
       <c r="D46" t="s">
         <v>175</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C47" t="s">
         <v>178</v>
       </c>
       <c r="D47" t="s">
         <v>179</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C48" t="s">
         <v>182</v>
       </c>
       <c r="D48" t="s">
         <v>183</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>124</v>
+      </c>
+      <c r="B49" t="s">
+        <v>125</v>
+      </c>
+      <c r="C49" t="s">
         <v>186</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>187</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" s="2" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B50" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C50" t="s">
         <v>192</v>
       </c>
       <c r="D50" t="s">
         <v>193</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B51" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C51" t="s">
         <v>196</v>
       </c>
       <c r="D51" t="s">
         <v>197</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B52" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C52" t="s">
         <v>200</v>
       </c>
       <c r="D52" t="s">
         <v>201</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B53" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>205</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B54" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C54" t="s">
         <v>208</v>
       </c>
       <c r="D54" t="s">
         <v>209</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B55" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C55" t="s">
         <v>212</v>
       </c>
       <c r="D55" t="s">
         <v>213</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B56" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C56" t="s">
         <v>216</v>
       </c>
       <c r="D56" t="s">
         <v>217</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B57" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C57" t="s">
         <v>220</v>
       </c>
       <c r="D57" t="s">
         <v>221</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B58" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C58" t="s">
         <v>224</v>
       </c>
       <c r="D58" t="s">
         <v>225</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B59" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C59" t="s">
         <v>228</v>
       </c>
       <c r="D59" t="s">
         <v>229</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B60" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C60" t="s">
         <v>232</v>
       </c>
       <c r="D60" t="s">
         <v>233</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B61" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C61" t="s">
         <v>236</v>
       </c>
       <c r="D61" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B62" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C62" t="s">
         <v>240</v>
       </c>
       <c r="D62" t="s">
         <v>241</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B63" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C63" t="s">
         <v>244</v>
       </c>
       <c r="D63" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B64" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C64" t="s">
         <v>248</v>
       </c>
       <c r="D64" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B65" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C65" t="s">
         <v>252</v>
       </c>
       <c r="D65" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B66" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C66" t="s">
         <v>256</v>
       </c>
       <c r="D66" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B67" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C67" t="s">
         <v>260</v>
       </c>
       <c r="D67" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>190</v>
+      </c>
+      <c r="B68" t="s">
+        <v>191</v>
+      </c>
+      <c r="C68" t="s">
         <v>264</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>265</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" s="2" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B69" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C69" t="s">
         <v>270</v>
       </c>
       <c r="D69" t="s">
         <v>271</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B70" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C70" t="s">
         <v>274</v>
       </c>
       <c r="D70" t="s">
         <v>275</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>276</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B71" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C71" t="s">
         <v>278</v>
       </c>
       <c r="D71" t="s">
         <v>279</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B72" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C72" t="s">
         <v>282</v>
       </c>
       <c r="D72" t="s">
         <v>283</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B73" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C73" t="s">
         <v>286</v>
       </c>
       <c r="D73" t="s">
         <v>287</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B74" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C74" t="s">
         <v>290</v>
       </c>
       <c r="D74" t="s">
         <v>291</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B75" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C75" t="s">
         <v>294</v>
       </c>
       <c r="D75" t="s">
         <v>295</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B76" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C76" t="s">
         <v>298</v>
       </c>
       <c r="D76" t="s">
         <v>299</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B77" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C77" t="s">
         <v>302</v>
       </c>
       <c r="D77" t="s">
         <v>303</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B78" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C78" t="s">
         <v>306</v>
       </c>
       <c r="D78" t="s">
         <v>307</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B79" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C79" t="s">
         <v>310</v>
       </c>
       <c r="D79" t="s">
         <v>311</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B80" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C80" t="s">
         <v>314</v>
       </c>
       <c r="D80" t="s">
         <v>315</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>316</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
+        <v>268</v>
+      </c>
+      <c r="B81" t="s">
+        <v>269</v>
+      </c>
+      <c r="C81" t="s">
         <v>318</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>319</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" s="2" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B82" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C82" t="s">
         <v>324</v>
       </c>
       <c r="D82" t="s">
         <v>325</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B83" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C83" t="s">
         <v>328</v>
       </c>
       <c r="D83" t="s">
         <v>329</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B84" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C84" t="s">
-        <v>302</v>
+        <v>332</v>
       </c>
       <c r="D84" t="s">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="B85" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="C85" t="s">
-        <v>335</v>
+        <v>306</v>
       </c>
       <c r="D85" t="s">
+        <v>307</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B86" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C86" t="s">
         <v>339</v>
       </c>
       <c r="D86" t="s">
         <v>340</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>341</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B87" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C87" t="s">
         <v>343</v>
       </c>
       <c r="D87" t="s">
         <v>344</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B88" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C88" t="s">
         <v>347</v>
       </c>
       <c r="D88" t="s">
         <v>348</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B89" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C89" t="s">
         <v>351</v>
       </c>
       <c r="D89" t="s">
         <v>352</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B90" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C90" t="s">
         <v>355</v>
       </c>
       <c r="D90" t="s">
         <v>356</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B91" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C91" t="s">
         <v>359</v>
       </c>
       <c r="D91" t="s">
         <v>360</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>361</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B92" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C92" t="s">
         <v>363</v>
       </c>
       <c r="D92" t="s">
         <v>364</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B93" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C93" t="s">
         <v>367</v>
       </c>
       <c r="D93" t="s">
         <v>368</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B94" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C94" t="s">
         <v>371</v>
       </c>
       <c r="D94" t="s">
         <v>372</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>373</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B95" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C95" t="s">
         <v>375</v>
       </c>
       <c r="D95" t="s">
         <v>376</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B96" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C96" t="s">
         <v>379</v>
       </c>
       <c r="D96" t="s">
         <v>380</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B97" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C97" t="s">
         <v>383</v>
       </c>
       <c r="D97" t="s">
         <v>384</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B98" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C98" t="s">
         <v>387</v>
       </c>
       <c r="D98" t="s">
         <v>388</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B99" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C99" t="s">
         <v>391</v>
       </c>
       <c r="D99" t="s">
         <v>392</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B100" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C100" t="s">
         <v>395</v>
       </c>
       <c r="D100" t="s">
         <v>396</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B101" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C101" t="s">
         <v>399</v>
       </c>
       <c r="D101" t="s">
         <v>400</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B102" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C102" t="s">
         <v>403</v>
       </c>
       <c r="D102" t="s">
         <v>404</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B103" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C103" t="s">
         <v>407</v>
       </c>
       <c r="D103" t="s">
         <v>408</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B104" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C104" t="s">
         <v>411</v>
       </c>
       <c r="D104" t="s">
         <v>412</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B105" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C105" t="s">
         <v>415</v>
       </c>
       <c r="D105" t="s">
         <v>416</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B106" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C106" t="s">
         <v>419</v>
       </c>
       <c r="D106" t="s">
         <v>420</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B107" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C107" t="s">
         <v>423</v>
       </c>
       <c r="D107" t="s">
         <v>424</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B108" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C108" t="s">
         <v>427</v>
       </c>
       <c r="D108" t="s">
         <v>428</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B109" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C109" t="s">
         <v>431</v>
       </c>
       <c r="D109" t="s">
         <v>432</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B110" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C110" t="s">
         <v>435</v>
       </c>
       <c r="D110" t="s">
         <v>436</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B111" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C111" t="s">
         <v>439</v>
       </c>
       <c r="D111" t="s">
         <v>440</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B112" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C112" t="s">
         <v>443</v>
       </c>
       <c r="D112" t="s">
         <v>444</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B113" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C113" t="s">
         <v>447</v>
       </c>
       <c r="D113" t="s">
         <v>448</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>337</v>
+      </c>
+      <c r="B114" t="s">
+        <v>338</v>
+      </c>
+      <c r="C114" t="s">
         <v>451</v>
       </c>
-      <c r="B114" t="s">
+      <c r="D114" t="s">
         <v>452</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" s="2" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B115" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C115" t="s">
         <v>457</v>
       </c>
       <c r="D115" t="s">
         <v>458</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B116" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C116" t="s">
         <v>461</v>
       </c>
       <c r="D116" t="s">
         <v>462</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B117" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C117" t="s">
         <v>465</v>
       </c>
       <c r="D117" t="s">
         <v>466</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C118" t="s">
         <v>469</v>
       </c>
       <c r="D118" t="s">
         <v>470</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B119" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C119" t="s">
         <v>473</v>
       </c>
       <c r="D119" t="s">
         <v>474</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>475</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B120" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C120" t="s">
         <v>477</v>
       </c>
       <c r="D120" t="s">
         <v>478</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B121" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C121" t="s">
         <v>481</v>
       </c>
       <c r="D121" t="s">
         <v>482</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B122" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C122" t="s">
         <v>485</v>
       </c>
       <c r="D122" t="s">
         <v>486</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B123" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C123" t="s">
         <v>489</v>
       </c>
       <c r="D123" t="s">
         <v>490</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B124" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C124" t="s">
         <v>493</v>
       </c>
       <c r="D124" t="s">
         <v>494</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B125" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C125" t="s">
         <v>497</v>
       </c>
       <c r="D125" t="s">
         <v>498</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B126" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C126" t="s">
-        <v>282</v>
+        <v>501</v>
       </c>
       <c r="D126" t="s">
-        <v>283</v>
+        <v>502</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B127" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C127" t="s">
-        <v>503</v>
+        <v>286</v>
       </c>
       <c r="D127" t="s">
-        <v>504</v>
+        <v>287</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B128" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C128" t="s">
         <v>507</v>
       </c>
       <c r="D128" t="s">
         <v>508</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B129" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C129" t="s">
         <v>511</v>
       </c>
       <c r="D129" t="s">
         <v>512</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B130" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C130" t="s">
         <v>515</v>
       </c>
       <c r="D130" t="s">
         <v>516</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B131" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C131" t="s">
         <v>519</v>
       </c>
       <c r="D131" t="s">
         <v>520</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B132" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C132" t="s">
         <v>523</v>
       </c>
       <c r="D132" t="s">
         <v>524</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B133" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C133" t="s">
         <v>527</v>
       </c>
       <c r="D133" t="s">
         <v>528</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B134" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C134" t="s">
         <v>531</v>
       </c>
       <c r="D134" t="s">
         <v>532</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>533</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B135" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C135" t="s">
         <v>535</v>
       </c>
       <c r="D135" t="s">
         <v>536</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>537</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B136" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C136" t="s">
         <v>539</v>
       </c>
       <c r="D136" t="s">
         <v>540</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>541</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B137" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C137" t="s">
         <v>543</v>
       </c>
       <c r="D137" t="s">
         <v>544</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>545</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B138" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C138" t="s">
         <v>547</v>
       </c>
       <c r="D138" t="s">
         <v>548</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>549</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B139" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C139" t="s">
         <v>551</v>
       </c>
       <c r="D139" t="s">
         <v>552</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>553</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B140" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C140" t="s">
         <v>555</v>
       </c>
       <c r="D140" t="s">
         <v>556</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>557</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B141" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C141" t="s">
         <v>559</v>
       </c>
       <c r="D141" t="s">
         <v>560</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B142" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C142" t="s">
         <v>563</v>
       </c>
       <c r="D142" t="s">
         <v>564</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>565</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B143" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C143" t="s">
         <v>567</v>
       </c>
       <c r="D143" t="s">
         <v>568</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>569</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B144" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C144" t="s">
         <v>571</v>
       </c>
       <c r="D144" t="s">
         <v>572</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>573</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B145" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C145" t="s">
         <v>575</v>
       </c>
       <c r="D145" t="s">
         <v>576</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>577</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B146" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C146" t="s">
         <v>579</v>
       </c>
       <c r="D146" t="s">
         <v>580</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>581</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B147" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C147" t="s">
         <v>583</v>
       </c>
       <c r="D147" t="s">
         <v>584</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B148" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C148" t="s">
         <v>587</v>
       </c>
       <c r="D148" t="s">
         <v>588</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>589</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B149" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C149" t="s">
         <v>591</v>
       </c>
       <c r="D149" t="s">
         <v>592</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>593</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B150" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C150" t="s">
         <v>595</v>
       </c>
       <c r="D150" t="s">
         <v>596</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>597</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B151" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C151" t="s">
         <v>599</v>
       </c>
       <c r="D151" t="s">
         <v>600</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>601</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
+        <v>455</v>
+      </c>
+      <c r="B152" t="s">
+        <v>456</v>
+      </c>
+      <c r="C152" t="s">
         <v>603</v>
       </c>
-      <c r="B152" t="s">
+      <c r="D152" t="s">
         <v>604</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" s="2" t="s">
         <v>605</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152" s="2" t="s">
         <v>606</v>
-      </c>
-[...4 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="B153" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C153" t="s">
         <v>609</v>
       </c>
       <c r="D153" t="s">
-        <v>205</v>
+        <v>610</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="B154" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C154" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D154" t="s">
-        <v>613</v>
+        <v>209</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>614</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
+        <v>607</v>
+      </c>
+      <c r="B155" t="s">
+        <v>608</v>
+      </c>
+      <c r="C155" t="s">
         <v>616</v>
       </c>
-      <c r="B155" t="s">
+      <c r="D155" t="s">
         <v>617</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" s="2" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B156" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C156" t="s">
         <v>622</v>
       </c>
       <c r="D156" t="s">
         <v>623</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>624</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B157" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C157" t="s">
         <v>626</v>
       </c>
       <c r="D157" t="s">
         <v>627</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>628</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B158" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C158" t="s">
         <v>630</v>
       </c>
       <c r="D158" t="s">
         <v>631</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>632</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B159" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C159" t="s">
         <v>634</v>
       </c>
       <c r="D159" t="s">
         <v>635</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>636</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B160" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C160" t="s">
         <v>638</v>
       </c>
       <c r="D160" t="s">
         <v>639</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>640</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B161" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C161" t="s">
         <v>642</v>
       </c>
       <c r="D161" t="s">
         <v>643</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>644</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B162" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C162" t="s">
         <v>646</v>
       </c>
       <c r="D162" t="s">
         <v>647</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B163" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C163" t="s">
         <v>650</v>
       </c>
       <c r="D163" t="s">
         <v>651</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B164" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C164" t="s">
         <v>654</v>
       </c>
       <c r="D164" t="s">
         <v>655</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>656</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B165" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C165" t="s">
         <v>658</v>
       </c>
       <c r="D165" t="s">
         <v>659</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>660</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B166" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C166" t="s">
         <v>662</v>
       </c>
       <c r="D166" t="s">
         <v>663</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>664</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B167" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C167" t="s">
         <v>666</v>
       </c>
       <c r="D167" t="s">
         <v>667</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>668</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B168" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C168" t="s">
         <v>670</v>
       </c>
       <c r="D168" t="s">
         <v>671</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>672</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B169" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C169" t="s">
-        <v>220</v>
+        <v>674</v>
       </c>
       <c r="D169" t="s">
-        <v>221</v>
+        <v>675</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B170" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C170" t="s">
-        <v>676</v>
+        <v>224</v>
       </c>
       <c r="D170" t="s">
-        <v>677</v>
+        <v>225</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>678</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B171" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C171" t="s">
         <v>680</v>
       </c>
       <c r="D171" t="s">
         <v>681</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>682</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B172" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C172" t="s">
         <v>684</v>
       </c>
       <c r="D172" t="s">
         <v>685</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>686</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B173" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C173" t="s">
         <v>688</v>
       </c>
       <c r="D173" t="s">
         <v>689</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>690</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B174" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C174" t="s">
         <v>692</v>
       </c>
       <c r="D174" t="s">
         <v>693</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>694</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B175" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C175" t="s">
         <v>696</v>
       </c>
       <c r="D175" t="s">
         <v>697</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>698</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B176" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C176" t="s">
         <v>700</v>
       </c>
       <c r="D176" t="s">
         <v>701</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>702</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B177" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C177" t="s">
         <v>704</v>
       </c>
       <c r="D177" t="s">
         <v>705</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>706</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B178" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C178" t="s">
         <v>708</v>
       </c>
       <c r="D178" t="s">
         <v>709</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>710</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B179" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C179" t="s">
         <v>712</v>
       </c>
       <c r="D179" t="s">
         <v>713</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>714</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B180" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C180" t="s">
         <v>716</v>
       </c>
       <c r="D180" t="s">
         <v>717</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>718</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B181" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C181" t="s">
         <v>720</v>
       </c>
       <c r="D181" t="s">
         <v>721</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>722</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>620</v>
+      </c>
+      <c r="B182" t="s">
+        <v>621</v>
+      </c>
+      <c r="C182" t="s">
         <v>724</v>
       </c>
-      <c r="B182" t="s">
+      <c r="D182" t="s">
         <v>725</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" s="2" t="s">
         <v>726</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182" s="2" t="s">
         <v>727</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B183" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C183" t="s">
         <v>730</v>
       </c>
       <c r="D183" t="s">
         <v>731</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B184" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C184" t="s">
         <v>734</v>
       </c>
       <c r="D184" t="s">
         <v>735</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>736</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B185" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C185" t="s">
         <v>738</v>
       </c>
       <c r="D185" t="s">
         <v>739</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B186" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C186" t="s">
         <v>742</v>
       </c>
       <c r="D186" t="s">
         <v>743</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>744</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B187" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C187" t="s">
         <v>746</v>
       </c>
       <c r="D187" t="s">
         <v>747</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>748</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B188" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C188" t="s">
         <v>750</v>
       </c>
       <c r="D188" t="s">
         <v>751</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>752</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B189" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C189" t="s">
         <v>754</v>
       </c>
       <c r="D189" t="s">
         <v>755</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>756</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B190" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C190" t="s">
         <v>758</v>
       </c>
       <c r="D190" t="s">
         <v>759</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>760</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B191" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C191" t="s">
         <v>762</v>
       </c>
       <c r="D191" t="s">
         <v>763</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B192" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C192" t="s">
         <v>766</v>
       </c>
       <c r="D192" t="s">
         <v>767</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>768</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B193" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C193" t="s">
         <v>770</v>
       </c>
       <c r="D193" t="s">
         <v>771</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>772</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B194" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C194" t="s">
         <v>774</v>
       </c>
       <c r="D194" t="s">
         <v>775</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>776</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B195" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C195" t="s">
         <v>778</v>
       </c>
       <c r="D195" t="s">
         <v>779</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>780</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B196" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C196" t="s">
         <v>782</v>
       </c>
       <c r="D196" t="s">
         <v>783</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>784</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B197" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C197" t="s">
         <v>786</v>
       </c>
       <c r="D197" t="s">
         <v>787</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>788</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B198" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C198" t="s">
         <v>790</v>
       </c>
       <c r="D198" t="s">
         <v>791</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>792</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B199" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C199" t="s">
         <v>794</v>
       </c>
       <c r="D199" t="s">
         <v>795</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>796</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B200" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C200" t="s">
         <v>798</v>
       </c>
       <c r="D200" t="s">
         <v>799</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>800</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B201" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C201" t="s">
         <v>802</v>
       </c>
       <c r="D201" t="s">
         <v>803</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>804</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B202" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C202" t="s">
         <v>806</v>
       </c>
       <c r="D202" t="s">
         <v>807</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>808</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B203" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C203" t="s">
         <v>810</v>
       </c>
       <c r="D203" t="s">
         <v>811</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B204" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C204" t="s">
         <v>814</v>
       </c>
       <c r="D204" t="s">
         <v>815</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>816</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
+        <v>728</v>
+      </c>
+      <c r="B205" t="s">
+        <v>729</v>
+      </c>
+      <c r="C205" t="s">
         <v>818</v>
       </c>
-      <c r="B205" t="s">
+      <c r="D205" t="s">
         <v>819</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>820</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B206" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C206" t="s">
-        <v>503</v>
+        <v>286</v>
       </c>
       <c r="D206" t="s">
-        <v>504</v>
+        <v>287</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B207" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C207" t="s">
-        <v>824</v>
+        <v>507</v>
       </c>
       <c r="D207" t="s">
-        <v>825</v>
+        <v>508</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>826</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B208" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C208" t="s">
         <v>828</v>
       </c>
       <c r="D208" t="s">
         <v>829</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>830</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B209" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C209" t="s">
         <v>832</v>
       </c>
       <c r="D209" t="s">
         <v>833</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B210" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C210" t="s">
         <v>836</v>
       </c>
       <c r="D210" t="s">
         <v>837</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>838</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B211" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C211" t="s">
         <v>840</v>
       </c>
       <c r="D211" t="s">
         <v>841</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>842</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B212" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C212" t="s">
         <v>844</v>
       </c>
       <c r="D212" t="s">
         <v>845</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>846</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B213" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C213" t="s">
         <v>848</v>
       </c>
       <c r="D213" t="s">
         <v>849</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>850</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B214" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C214" t="s">
-        <v>290</v>
+        <v>852</v>
       </c>
       <c r="D214" t="s">
-        <v>291</v>
+        <v>853</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>292</v>
+        <v>854</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>293</v>
+        <v>855</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B215" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C215" t="s">
-        <v>852</v>
+        <v>294</v>
       </c>
       <c r="D215" t="s">
-        <v>853</v>
+        <v>295</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>854</v>
+        <v>296</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>855</v>
+        <v>297</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B216" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C216" t="s">
         <v>856</v>
       </c>
       <c r="D216" t="s">
         <v>857</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>858</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B217" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C217" t="s">
         <v>860</v>
       </c>
       <c r="D217" t="s">
         <v>861</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>862</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B218" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C218" t="s">
         <v>864</v>
       </c>
       <c r="D218" t="s">
         <v>865</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B219" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C219" t="s">
         <v>868</v>
       </c>
       <c r="D219" t="s">
         <v>869</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>870</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B220" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C220" t="s">
         <v>872</v>
       </c>
       <c r="D220" t="s">
         <v>873</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>874</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B221" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C221" t="s">
         <v>876</v>
       </c>
       <c r="D221" t="s">
         <v>877</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>878</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B222" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C222" t="s">
         <v>880</v>
       </c>
       <c r="D222" t="s">
         <v>881</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>882</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B223" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C223" t="s">
-        <v>302</v>
+        <v>884</v>
       </c>
       <c r="D223" t="s">
-        <v>303</v>
+        <v>885</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>886</v>
+        <v>822</v>
       </c>
       <c r="B224" t="s">
-        <v>887</v>
+        <v>823</v>
       </c>
       <c r="C224" t="s">
+        <v>306</v>
+      </c>
+      <c r="D224" t="s">
+        <v>307</v>
+      </c>
+      <c r="E224" s="2" t="s">
         <v>888</v>
       </c>
-      <c r="D224" t="s">
+      <c r="F224" s="2" t="s">
         <v>889</v>
-      </c>
-[...4 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B225" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C225" t="s">
         <v>892</v>
       </c>
       <c r="D225" t="s">
         <v>893</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>894</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B226" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C226" t="s">
         <v>896</v>
       </c>
       <c r="D226" t="s">
         <v>897</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>898</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B227" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C227" t="s">
         <v>900</v>
       </c>
       <c r="D227" t="s">
         <v>901</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>902</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B228" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C228" t="s">
         <v>904</v>
       </c>
       <c r="D228" t="s">
         <v>905</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>906</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B229" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C229" t="s">
         <v>908</v>
       </c>
       <c r="D229" t="s">
         <v>909</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>910</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
+        <v>890</v>
+      </c>
+      <c r="B230" t="s">
+        <v>891</v>
+      </c>
+      <c r="C230" t="s">
         <v>912</v>
       </c>
-      <c r="B230" t="s">
+      <c r="D230" t="s">
         <v>913</v>
       </c>
-      <c r="C230" t="s">
+      <c r="E230" s="2" t="s">
         <v>914</v>
       </c>
-      <c r="D230" t="s">
+      <c r="F230" s="2" t="s">
         <v>915</v>
-      </c>
-[...4 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B231" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C231" t="s">
         <v>918</v>
       </c>
       <c r="D231" t="s">
         <v>919</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>920</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B232" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C232" t="s">
         <v>922</v>
       </c>
       <c r="D232" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B233" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C233" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D233" t="s">
         <v>926</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>927</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B234" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C234" t="s">
         <v>929</v>
       </c>
       <c r="D234" t="s">
         <v>930</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>931</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B235" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C235" t="s">
         <v>933</v>
       </c>
       <c r="D235" t="s">
         <v>934</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>935</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
+        <v>916</v>
+      </c>
+      <c r="B236" t="s">
+        <v>917</v>
+      </c>
+      <c r="C236" t="s">
         <v>937</v>
       </c>
-      <c r="B236" t="s">
+      <c r="D236" t="s">
         <v>938</v>
       </c>
-      <c r="C236" t="s">
+      <c r="E236" s="2" t="s">
         <v>939</v>
       </c>
-      <c r="D236" t="s">
+      <c r="F236" s="2" t="s">
         <v>940</v>
-      </c>
-[...4 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B237" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C237" t="s">
         <v>943</v>
       </c>
       <c r="D237" t="s">
         <v>944</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>945</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B238" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C238" t="s">
         <v>947</v>
       </c>
       <c r="D238" t="s">
         <v>948</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>949</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B239" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C239" t="s">
         <v>951</v>
       </c>
       <c r="D239" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B240" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C240" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D240" t="s">
         <v>955</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>956</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B241" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C241" t="s">
         <v>958</v>
       </c>
       <c r="D241" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B242" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C242" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D242" t="s">
-        <v>348</v>
+        <v>962</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B243" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C243" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D243" t="s">
-        <v>965</v>
+        <v>352</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>966</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B244" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C244" t="s">
         <v>968</v>
       </c>
       <c r="D244" t="s">
         <v>969</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>970</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B245" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C245" t="s">
         <v>972</v>
       </c>
       <c r="D245" t="s">
         <v>973</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>974</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B246" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C246" t="s">
         <v>976</v>
       </c>
       <c r="D246" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B247" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C247" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D247" t="s">
         <v>980</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>981</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B248" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C248" t="s">
         <v>983</v>
       </c>
       <c r="D248" t="s">
         <v>984</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>985</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B249" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C249" t="s">
         <v>987</v>
       </c>
       <c r="D249" t="s">
         <v>988</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>989</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B250" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C250" t="s">
         <v>991</v>
       </c>
       <c r="D250" t="s">
         <v>992</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>993</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B251" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C251" t="s">
         <v>995</v>
       </c>
       <c r="D251" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B252" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C252" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D252" t="s">
         <v>999</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B253" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C253" t="s">
         <v>1002</v>
       </c>
       <c r="D253" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B254" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C254" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D254" t="s">
         <v>1006</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B255" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C255" t="s">
         <v>1009</v>
       </c>
       <c r="D255" t="s">
         <v>1010</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B256" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C256" t="s">
         <v>1013</v>
       </c>
       <c r="D256" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B257" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C257" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D257" t="s">
         <v>1017</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B258" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C258" t="s">
         <v>1020</v>
       </c>
       <c r="D258" t="s">
         <v>1021</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B259" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C259" t="s">
         <v>1024</v>
       </c>
       <c r="D259" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B260" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C260" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D260" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B261" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C261" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D261" t="s">
         <v>1031</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B262" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C262" t="s">
         <v>1034</v>
       </c>
       <c r="D262" t="s">
         <v>1035</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B263" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C263" t="s">
         <v>1038</v>
       </c>
       <c r="D263" t="s">
         <v>1039</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B264" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C264" t="s">
         <v>1042</v>
       </c>
       <c r="D264" t="s">
         <v>1043</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B265" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C265" t="s">
         <v>1046</v>
       </c>
       <c r="D265" t="s">
         <v>1047</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B266" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C266" t="s">
         <v>1050</v>
       </c>
       <c r="D266" t="s">
         <v>1051</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B267" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C267" t="s">
         <v>1054</v>
       </c>
       <c r="D267" t="s">
         <v>1055</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B268" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C268" t="s">
         <v>1058</v>
       </c>
       <c r="D268" t="s">
         <v>1059</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B269" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C269" t="s">
         <v>1062</v>
       </c>
       <c r="D269" t="s">
         <v>1063</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B270" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C270" t="s">
         <v>1066</v>
       </c>
       <c r="D270" t="s">
         <v>1067</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B271" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C271" t="s">
         <v>1070</v>
       </c>
       <c r="D271" t="s">
         <v>1071</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B272" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C272" t="s">
         <v>1074</v>
       </c>
       <c r="D272" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B273" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C273" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D273" t="s">
         <v>1078</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B274" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C274" t="s">
         <v>1081</v>
       </c>
       <c r="D274" t="s">
         <v>1082</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B275" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C275" t="s">
         <v>1085</v>
       </c>
       <c r="D275" t="s">
         <v>1086</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>1088</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B276" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C276" t="s">
         <v>1089</v>
       </c>
       <c r="D276" t="s">
         <v>1090</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B277" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C277" t="s">
         <v>1093</v>
       </c>
       <c r="D277" t="s">
         <v>1094</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B278" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C278" t="s">
         <v>1097</v>
       </c>
       <c r="D278" t="s">
         <v>1098</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B279" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C279" t="s">
         <v>1101</v>
       </c>
       <c r="D279" t="s">
         <v>1102</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B280" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C280" t="s">
         <v>1105</v>
       </c>
       <c r="D280" t="s">
         <v>1106</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B281" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C281" t="s">
         <v>1109</v>
       </c>
       <c r="D281" t="s">
         <v>1110</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B282" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C282" t="s">
         <v>1113</v>
       </c>
       <c r="D282" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B283" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C283" t="s">
-        <v>872</v>
+        <v>1117</v>
       </c>
       <c r="D283" t="s">
-        <v>873</v>
+        <v>1117</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B284" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C284" t="s">
         <v>876</v>
       </c>
       <c r="D284" t="s">
         <v>877</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B285" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C285" t="s">
-        <v>1120</v>
+        <v>880</v>
       </c>
       <c r="D285" t="s">
-        <v>1121</v>
+        <v>881</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B286" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C286" t="s">
         <v>1124</v>
       </c>
       <c r="D286" t="s">
         <v>1125</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B287" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C287" t="s">
         <v>1128</v>
       </c>
       <c r="D287" t="s">
         <v>1129</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B288" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C288" t="s">
         <v>1132</v>
       </c>
       <c r="D288" t="s">
         <v>1133</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B289" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C289" t="s">
         <v>1136</v>
       </c>
       <c r="D289" t="s">
         <v>1137</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B290" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C290" t="s">
         <v>1140</v>
       </c>
       <c r="D290" t="s">
         <v>1141</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B291" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C291" t="s">
         <v>1144</v>
       </c>
       <c r="D291" t="s">
         <v>1145</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B292" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C292" t="s">
         <v>1148</v>
       </c>
       <c r="D292" t="s">
         <v>1149</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
+        <v>941</v>
+      </c>
+      <c r="B293" t="s">
+        <v>942</v>
+      </c>
+      <c r="C293" t="s">
         <v>1152</v>
       </c>
-      <c r="B293" t="s">
+      <c r="D293" t="s">
         <v>1153</v>
       </c>
-      <c r="C293" t="s">
+      <c r="E293" s="2" t="s">
         <v>1154</v>
       </c>
-      <c r="D293" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="2" t="s">
+      <c r="F293" s="2" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B294" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C294" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D294" t="s">
-        <v>1158</v>
+        <v>623</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B295" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C295" t="s">
         <v>1161</v>
       </c>
       <c r="D295" t="s">
         <v>1162</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B296" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C296" t="s">
         <v>1165</v>
       </c>
       <c r="D296" t="s">
         <v>1166</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B297" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C297" t="s">
         <v>1169</v>
       </c>
       <c r="D297" t="s">
         <v>1170</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B298" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C298" t="s">
         <v>1173</v>
       </c>
       <c r="D298" t="s">
         <v>1174</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B299" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C299" t="s">
         <v>1177</v>
       </c>
       <c r="D299" t="s">
         <v>1178</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B300" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C300" t="s">
         <v>1181</v>
       </c>
       <c r="D300" t="s">
         <v>1182</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B301" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C301" t="s">
         <v>1185</v>
       </c>
       <c r="D301" t="s">
         <v>1186</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B302" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C302" t="s">
         <v>1189</v>
       </c>
       <c r="D302" t="s">
         <v>1190</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B303" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C303" t="s">
         <v>1193</v>
       </c>
       <c r="D303" t="s">
         <v>1194</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B304" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C304" t="s">
         <v>1197</v>
       </c>
       <c r="D304" t="s">
         <v>1198</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B305" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C305" t="s">
         <v>1201</v>
       </c>
       <c r="D305" t="s">
         <v>1202</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B306" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C306" t="s">
         <v>1205</v>
       </c>
       <c r="D306" t="s">
         <v>1206</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B307" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C307" t="s">
         <v>1209</v>
       </c>
       <c r="D307" t="s">
         <v>1210</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>1211</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C308" t="s">
         <v>1213</v>
       </c>
-      <c r="B308" t="s">
+      <c r="D308" t="s">
         <v>1214</v>
       </c>
-      <c r="C308" t="s">
+      <c r="E308" s="2" t="s">
         <v>1215</v>
       </c>
-      <c r="D308" t="s">
+      <c r="F308" s="2" t="s">
         <v>1216</v>
-      </c>
-[...4 lines deleted...]
-        <v>1218</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B309" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C309" t="s">
         <v>1219</v>
       </c>
       <c r="D309" t="s">
         <v>1220</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B310" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C310" t="s">
         <v>1223</v>
       </c>
       <c r="D310" t="s">
         <v>1224</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B311" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C311" t="s">
         <v>1227</v>
       </c>
       <c r="D311" t="s">
         <v>1228</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B312" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C312" t="s">
         <v>1231</v>
       </c>
       <c r="D312" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B313" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C313" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D313" t="s">
         <v>1235</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B314" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C314" t="s">
         <v>1238</v>
       </c>
       <c r="D314" t="s">
         <v>1239</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B315" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C315" t="s">
         <v>1242</v>
       </c>
       <c r="D315" t="s">
         <v>1243</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B316" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C316" t="s">
         <v>1246</v>
       </c>
       <c r="D316" t="s">
         <v>1247</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B317" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C317" t="s">
         <v>1250</v>
       </c>
       <c r="D317" t="s">
         <v>1251</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B318" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C318" t="s">
         <v>1254</v>
       </c>
       <c r="D318" t="s">
         <v>1255</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B319" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C319" t="s">
         <v>1258</v>
       </c>
       <c r="D319" t="s">
         <v>1259</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B320" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C320" t="s">
         <v>1262</v>
       </c>
       <c r="D320" t="s">
         <v>1263</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>1264</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B321" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C321" t="s">
         <v>1266</v>
       </c>
       <c r="D321" t="s">
         <v>1267</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B322" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C322" t="s">
         <v>1270</v>
       </c>
       <c r="D322" t="s">
         <v>1271</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B323" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C323" t="s">
         <v>1274</v>
       </c>
       <c r="D323" t="s">
         <v>1275</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B324" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C324" t="s">
         <v>1278</v>
       </c>
       <c r="D324" t="s">
         <v>1279</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B325" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C325" t="s">
         <v>1282</v>
       </c>
       <c r="D325" t="s">
         <v>1283</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B326" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C326" t="s">
         <v>1286</v>
       </c>
       <c r="D326" t="s">
         <v>1287</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B327" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C327" t="s">
         <v>1290</v>
       </c>
       <c r="D327" t="s">
         <v>1291</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B328" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C328" t="s">
         <v>1294</v>
       </c>
       <c r="D328" t="s">
         <v>1295</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B329" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C329" t="s">
-        <v>170</v>
+        <v>1298</v>
       </c>
       <c r="D329" t="s">
-        <v>171</v>
+        <v>1299</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B330" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C330" t="s">
-        <v>1300</v>
+        <v>174</v>
       </c>
       <c r="D330" t="s">
-        <v>1301</v>
+        <v>175</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B331" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C331" t="s">
         <v>1304</v>
       </c>
       <c r="D331" t="s">
         <v>1305</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C332" t="s">
         <v>1308</v>
       </c>
-      <c r="B332" t="s">
+      <c r="D332" t="s">
         <v>1309</v>
       </c>
-      <c r="C332" t="s">
+      <c r="E332" s="2" t="s">
         <v>1310</v>
       </c>
-      <c r="D332" t="s">
+      <c r="F332" s="2" t="s">
         <v>1311</v>
-      </c>
-[...4 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B333" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C333" t="s">
         <v>1314</v>
       </c>
       <c r="D333" t="s">
         <v>1315</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B334" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C334" t="s">
         <v>1318</v>
       </c>
       <c r="D334" t="s">
         <v>1319</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B335" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C335" t="s">
         <v>1322</v>
       </c>
       <c r="D335" t="s">
         <v>1323</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B336" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C336" t="s">
         <v>1326</v>
       </c>
       <c r="D336" t="s">
         <v>1327</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B337" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C337" t="s">
         <v>1330</v>
       </c>
       <c r="D337" t="s">
         <v>1331</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>1332</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B338" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C338" t="s">
         <v>1334</v>
       </c>
       <c r="D338" t="s">
         <v>1335</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B339" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C339" t="s">
         <v>1338</v>
       </c>
       <c r="D339" t="s">
         <v>1339</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B340" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C340" t="s">
         <v>1342</v>
       </c>
       <c r="D340" t="s">
         <v>1343</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C341" t="s">
         <v>1346</v>
       </c>
-      <c r="B341" t="s">
+      <c r="D341" t="s">
         <v>1347</v>
       </c>
-      <c r="C341" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E341" s="2" t="s">
-        <v>202</v>
+        <v>1348</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>203</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="B342" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="C342" t="s">
-        <v>1348</v>
+        <v>204</v>
       </c>
       <c r="D342" t="s">
-        <v>1349</v>
+        <v>205</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1350</v>
+        <v>206</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1351</v>
+        <v>207</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="B343" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="C343" t="s">
         <v>1352</v>
       </c>
       <c r="D343" t="s">
         <v>1353</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C344" t="s">
         <v>1356</v>
       </c>
-      <c r="B344" t="s">
+      <c r="D344" t="s">
         <v>1357</v>
       </c>
-      <c r="C344" t="s">
+      <c r="E344" s="2" t="s">
         <v>1358</v>
       </c>
-      <c r="D344" t="s">
+      <c r="F344" s="2" t="s">
         <v>1359</v>
-      </c>
-[...4 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B345" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C345" t="s">
         <v>1362</v>
       </c>
       <c r="D345" t="s">
         <v>1363</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B346" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C346" t="s">
         <v>1366</v>
       </c>
       <c r="D346" t="s">
         <v>1367</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B347" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C347" t="s">
         <v>1370</v>
       </c>
       <c r="D347" t="s">
         <v>1371</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B348" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C348" t="s">
         <v>1374</v>
       </c>
       <c r="D348" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B349" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C349" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="D349" t="s">
         <v>1378</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>1380</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B350" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C350" t="s">
         <v>1381</v>
       </c>
       <c r="D350" t="s">
         <v>1382</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>1383</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B351" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C351" t="s">
         <v>1385</v>
       </c>
       <c r="D351" t="s">
         <v>1386</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>1388</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B352" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C352" t="s">
         <v>1389</v>
       </c>
       <c r="D352" t="s">
         <v>1390</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>1391</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B353" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C353" t="s">
         <v>1393</v>
       </c>
       <c r="D353" t="s">
         <v>1394</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>1395</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B354" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C354" t="s">
         <v>1397</v>
       </c>
       <c r="D354" t="s">
-        <v>1259</v>
+        <v>1398</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B355" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C355" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="D355" t="s">
-        <v>1401</v>
+        <v>1263</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>1402</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B356" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C356" t="s">
         <v>1404</v>
       </c>
       <c r="D356" t="s">
         <v>1405</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>1406</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B357" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C357" t="s">
         <v>1408</v>
       </c>
       <c r="D357" t="s">
         <v>1409</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B358" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C358" t="s">
         <v>1412</v>
       </c>
       <c r="D358" t="s">
         <v>1413</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B359" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C359" t="s">
         <v>1416</v>
       </c>
       <c r="D359" t="s">
         <v>1417</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B360" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C360" t="s">
         <v>1420</v>
       </c>
       <c r="D360" t="s">
         <v>1421</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B361" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C361" t="s">
         <v>1424</v>
       </c>
       <c r="D361" t="s">
         <v>1425</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>1426</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B362" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C362" t="s">
         <v>1428</v>
       </c>
       <c r="D362" t="s">
         <v>1429</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>1430</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B363" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C363" t="s">
         <v>1432</v>
       </c>
       <c r="D363" t="s">
         <v>1433</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B364" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C364" t="s">
         <v>1436</v>
       </c>
       <c r="D364" t="s">
         <v>1437</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B365" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C365" t="s">
         <v>1440</v>
       </c>
       <c r="D365" t="s">
         <v>1441</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>1442</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B366" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C366" t="s">
         <v>1444</v>
       </c>
       <c r="D366" t="s">
         <v>1445</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B367" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C367" t="s">
         <v>1448</v>
       </c>
       <c r="D367" t="s">
         <v>1449</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B368" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C368" t="s">
         <v>1452</v>
       </c>
       <c r="D368" t="s">
         <v>1453</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B369" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C369" t="s">
         <v>1456</v>
       </c>
       <c r="D369" t="s">
         <v>1457</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1458</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1459</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B370" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C370" t="s">
         <v>1460</v>
       </c>
       <c r="D370" t="s">
         <v>1461</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1462</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B371" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C371" t="s">
         <v>1464</v>
       </c>
       <c r="D371" t="s">
         <v>1465</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1466</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B372" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C372" t="s">
         <v>1468</v>
       </c>
       <c r="D372" t="s">
         <v>1469</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1471</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B373" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C373" t="s">
         <v>1472</v>
       </c>
       <c r="D373" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B374" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C374" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="D374" t="s">
         <v>1476</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1477</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1478</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B375" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C375" t="s">
         <v>1479</v>
       </c>
       <c r="D375" t="s">
         <v>1480</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>1481</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B376" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C376" t="s">
         <v>1483</v>
       </c>
       <c r="D376" t="s">
         <v>1484</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>1486</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B377" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C377" t="s">
         <v>1487</v>
       </c>
       <c r="D377" t="s">
         <v>1488</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>1490</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B378" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C378" t="s">
         <v>1491</v>
       </c>
       <c r="D378" t="s">
         <v>1492</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1494</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B379" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C379" t="s">
         <v>1495</v>
       </c>
       <c r="D379" t="s">
         <v>1496</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>1497</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1498</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B380" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C380" t="s">
         <v>1499</v>
       </c>
       <c r="D380" t="s">
         <v>1500</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>1501</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B381" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C381" t="s">
         <v>1503</v>
       </c>
       <c r="D381" t="s">
         <v>1504</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>1505</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B382" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C382" t="s">
         <v>1507</v>
       </c>
       <c r="D382" t="s">
         <v>1508</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>1510</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B383" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C383" t="s">
         <v>1511</v>
       </c>
       <c r="D383" t="s">
         <v>1512</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>1514</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B384" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C384" t="s">
         <v>1515</v>
       </c>
       <c r="D384" t="s">
         <v>1516</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>1517</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B385" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C385" t="s">
         <v>1519</v>
       </c>
       <c r="D385" t="s">
         <v>1520</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>1522</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B386" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C386" t="s">
         <v>1523</v>
       </c>
       <c r="D386" t="s">
         <v>1524</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>1525</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B387" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C387" t="s">
         <v>1527</v>
       </c>
       <c r="D387" t="s">
         <v>1528</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>1529</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B388" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C388" t="s">
         <v>1531</v>
       </c>
       <c r="D388" t="s">
         <v>1532</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>1533</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>1534</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B389" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C389" t="s">
         <v>1535</v>
       </c>
       <c r="D389" t="s">
         <v>1536</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>1537</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>1538</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B390" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C390" t="s">
         <v>1539</v>
       </c>
       <c r="D390" t="s">
         <v>1540</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="B391" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="C391" t="s">
         <v>1543</v>
       </c>
       <c r="D391" t="s">
         <v>1544</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>1545</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C392" t="s">
         <v>1547</v>
       </c>
-      <c r="B392" t="s">
+      <c r="D392" t="s">
         <v>1548</v>
       </c>
-      <c r="C392" t="s">
+      <c r="E392" s="2" t="s">
         <v>1549</v>
       </c>
-      <c r="D392" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="2" t="s">
+      <c r="F392" s="2" t="s">
         <v>1550</v>
-      </c>
-[...1 lines deleted...]
-        <v>1551</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B393" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C393" t="s">
-        <v>335</v>
+        <v>1553</v>
       </c>
       <c r="D393" t="s">
-        <v>336</v>
+        <v>1488</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B394" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C394" t="s">
-        <v>1554</v>
+        <v>339</v>
       </c>
       <c r="D394" t="s">
-        <v>1555</v>
+        <v>340</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>1556</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B395" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C395" t="s">
         <v>1558</v>
       </c>
       <c r="D395" t="s">
         <v>1559</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>1560</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B396" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C396" t="s">
         <v>1562</v>
       </c>
       <c r="D396" t="s">
         <v>1563</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>1564</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>1565</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B397" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C397" t="s">
         <v>1566</v>
       </c>
       <c r="D397" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B398" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C398" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="D398" t="s">
         <v>1570</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>1571</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B399" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C399" t="s">
         <v>1573</v>
       </c>
       <c r="D399" t="s">
-        <v>1247</v>
+        <v>1574</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B400" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C400" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D400" t="s">
-        <v>1577</v>
+        <v>1251</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>1578</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B401" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C401" t="s">
         <v>1580</v>
       </c>
       <c r="D401" t="s">
         <v>1581</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>1582</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>1583</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B402" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C402" t="s">
         <v>1584</v>
       </c>
       <c r="D402" t="s">
         <v>1585</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>1586</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B403" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C403" t="s">
         <v>1588</v>
       </c>
       <c r="D403" t="s">
         <v>1589</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B404" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C404" t="s">
         <v>1592</v>
       </c>
       <c r="D404" t="s">
         <v>1593</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B405" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C405" t="s">
         <v>1596</v>
       </c>
       <c r="D405" t="s">
         <v>1597</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B406" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C406" t="s">
         <v>1600</v>
       </c>
       <c r="D406" t="s">
         <v>1601</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B407" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C407" t="s">
-        <v>395</v>
+        <v>1604</v>
       </c>
       <c r="D407" t="s">
-        <v>396</v>
+        <v>1605</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>397</v>
+        <v>1606</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B408" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C408" t="s">
-        <v>1605</v>
+        <v>399</v>
       </c>
       <c r="D408" t="s">
-        <v>1606</v>
+        <v>400</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1607</v>
+        <v>401</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B409" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C409" t="s">
         <v>1609</v>
       </c>
       <c r="D409" t="s">
         <v>1610</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>1611</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B410" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C410" t="s">
-        <v>1144</v>
+        <v>1613</v>
       </c>
       <c r="D410" t="s">
-        <v>1145</v>
+        <v>1614</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1615</v>
+        <v>1551</v>
       </c>
       <c r="B411" t="s">
-        <v>1616</v>
+        <v>1552</v>
       </c>
       <c r="C411" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E411" s="2" t="s">
         <v>1617</v>
       </c>
-      <c r="D411" t="s">
+      <c r="F411" s="2" t="s">
         <v>1618</v>
-      </c>
-[...4 lines deleted...]
-        <v>1620</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B412" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C412" t="s">
         <v>1621</v>
       </c>
       <c r="D412" t="s">
         <v>1622</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>1623</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B413" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C413" t="s">
         <v>1625</v>
       </c>
       <c r="D413" t="s">
         <v>1626</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>1627</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B414" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C414" t="s">
-        <v>282</v>
+        <v>1629</v>
       </c>
       <c r="D414" t="s">
-        <v>283</v>
+        <v>1630</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B415" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C415" t="s">
-        <v>519</v>
+        <v>286</v>
       </c>
       <c r="D415" t="s">
-        <v>520</v>
+        <v>287</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B416" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C416" t="s">
-        <v>1633</v>
+        <v>523</v>
       </c>
       <c r="D416" t="s">
-        <v>1634</v>
+        <v>524</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>1635</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>1636</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B417" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C417" t="s">
         <v>1637</v>
       </c>
       <c r="D417" t="s">
         <v>1638</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1639</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>1640</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B418" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C418" t="s">
-        <v>551</v>
+        <v>1641</v>
       </c>
       <c r="D418" t="s">
-        <v>552</v>
+        <v>1642</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B419" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C419" t="s">
-        <v>290</v>
+        <v>555</v>
       </c>
       <c r="D419" t="s">
-        <v>291</v>
+        <v>556</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>292</v>
+        <v>1645</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>293</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B420" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C420" t="s">
-        <v>1643</v>
+        <v>294</v>
       </c>
       <c r="D420" t="s">
-        <v>1644</v>
+        <v>295</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1645</v>
+        <v>296</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1646</v>
+        <v>297</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B421" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C421" t="s">
         <v>1647</v>
       </c>
       <c r="D421" t="s">
         <v>1648</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>1649</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>1650</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B422" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C422" t="s">
         <v>1651</v>
       </c>
       <c r="D422" t="s">
         <v>1652</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>1653</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>1654</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B423" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C423" t="s">
         <v>1655</v>
       </c>
       <c r="D423" t="s">
         <v>1656</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>1657</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>1658</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B424" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C424" t="s">
         <v>1659</v>
       </c>
       <c r="D424" t="s">
         <v>1660</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>1661</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B425" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C425" t="s">
-        <v>864</v>
+        <v>1663</v>
       </c>
       <c r="D425" t="s">
-        <v>865</v>
+        <v>1664</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>866</v>
+        <v>1665</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>867</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B426" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C426" t="s">
-        <v>1663</v>
+        <v>868</v>
       </c>
       <c r="D426" t="s">
-        <v>1664</v>
+        <v>869</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1665</v>
+        <v>870</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1666</v>
+        <v>871</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B427" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C427" t="s">
         <v>1667</v>
       </c>
       <c r="D427" t="s">
         <v>1668</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>1669</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B428" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C428" t="s">
-        <v>872</v>
+        <v>1671</v>
       </c>
       <c r="D428" t="s">
-        <v>873</v>
+        <v>1672</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1116</v>
+        <v>1673</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B429" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C429" t="s">
-        <v>1672</v>
+        <v>876</v>
       </c>
       <c r="D429" t="s">
-        <v>1673</v>
+        <v>877</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1674</v>
+        <v>1120</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>1675</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B430" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C430" t="s">
-        <v>880</v>
+        <v>1676</v>
       </c>
       <c r="D430" t="s">
-        <v>881</v>
+        <v>1677</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B431" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C431" t="s">
-        <v>302</v>
+        <v>884</v>
       </c>
       <c r="D431" t="s">
-        <v>303</v>
+        <v>885</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>304</v>
+        <v>1680</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B432" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C432" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D432" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1679</v>
+        <v>308</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B433" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C433" t="s">
-        <v>599</v>
+        <v>314</v>
       </c>
       <c r="D433" t="s">
-        <v>600</v>
+        <v>315</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>601</v>
+        <v>1683</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>602</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1681</v>
+        <v>1619</v>
       </c>
       <c r="B434" t="s">
-        <v>1682</v>
+        <v>1620</v>
       </c>
       <c r="C434" t="s">
-        <v>1683</v>
+        <v>603</v>
       </c>
       <c r="D434" t="s">
-        <v>1684</v>
+        <v>604</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1685</v>
+        <v>605</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1686</v>
+        <v>606</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B435" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C435" t="s">
         <v>1687</v>
       </c>
       <c r="D435" t="s">
         <v>1688</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>1689</v>
       </c>
       <c r="F435" s="2" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B436" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C436" t="s">
         <v>1691</v>
       </c>
       <c r="D436" t="s">
         <v>1692</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>1693</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B437" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C437" t="s">
         <v>1695</v>
       </c>
       <c r="D437" t="s">
         <v>1696</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>1697</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B438" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C438" t="s">
         <v>1699</v>
       </c>
       <c r="D438" t="s">
         <v>1700</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>1701</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B439" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C439" t="s">
         <v>1703</v>
       </c>
       <c r="D439" t="s">
         <v>1704</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>1705</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B440" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C440" t="s">
         <v>1707</v>
       </c>
       <c r="D440" t="s">
         <v>1708</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>1709</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B441" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C441" t="s">
         <v>1711</v>
       </c>
       <c r="D441" t="s">
         <v>1712</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>1713</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B442" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C442" t="s">
         <v>1715</v>
       </c>
       <c r="D442" t="s">
         <v>1716</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>1718</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B443" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C443" t="s">
         <v>1719</v>
       </c>
       <c r="D443" t="s">
         <v>1720</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>1721</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B444" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C444" t="s">
         <v>1723</v>
       </c>
       <c r="D444" t="s">
         <v>1724</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>1725</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>1726</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B445" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C445" t="s">
         <v>1727</v>
       </c>
       <c r="D445" t="s">
         <v>1728</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>1729</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>1730</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B446" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C446" t="s">
         <v>1731</v>
       </c>
       <c r="D446" t="s">
         <v>1732</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>1733</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B447" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C447" t="s">
         <v>1735</v>
       </c>
       <c r="D447" t="s">
         <v>1736</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>1737</v>
       </c>
       <c r="F447" s="2" t="s">
         <v>1738</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B448" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C448" t="s">
         <v>1739</v>
       </c>
       <c r="D448" t="s">
         <v>1740</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B449" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C449" t="s">
         <v>1743</v>
       </c>
       <c r="D449" t="s">
         <v>1744</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>1745</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>1746</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B450" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C450" t="s">
         <v>1747</v>
       </c>
       <c r="D450" t="s">
         <v>1748</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>1749</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>1750</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B451" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C451" t="s">
         <v>1751</v>
       </c>
       <c r="D451" t="s">
         <v>1752</v>
       </c>
       <c r="E451" s="2" t="s">
         <v>1753</v>
       </c>
       <c r="F451" s="2" t="s">
         <v>1754</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B452" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C452" t="s">
         <v>1755</v>
       </c>
       <c r="D452" t="s">
         <v>1756</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>1757</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B453" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C453" t="s">
         <v>1759</v>
       </c>
       <c r="D453" t="s">
         <v>1760</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>1761</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B454" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C454" t="s">
         <v>1763</v>
       </c>
       <c r="D454" t="s">
         <v>1764</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>1765</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>1766</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B455" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C455" t="s">
         <v>1767</v>
       </c>
       <c r="D455" t="s">
         <v>1768</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>1769</v>
       </c>
       <c r="F455" s="2" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B456" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C456" t="s">
         <v>1771</v>
       </c>
       <c r="D456" t="s">
         <v>1772</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>1773</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>1774</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B457" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C457" t="s">
         <v>1775</v>
       </c>
       <c r="D457" t="s">
         <v>1776</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>1777</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B458" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C458" t="s">
         <v>1779</v>
       </c>
       <c r="D458" t="s">
         <v>1780</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>1781</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B459" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C459" t="s">
         <v>1783</v>
       </c>
       <c r="D459" t="s">
         <v>1784</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>1785</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B460" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C460" t="s">
         <v>1787</v>
       </c>
       <c r="D460" t="s">
         <v>1788</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>1789</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B461" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C461" t="s">
         <v>1791</v>
       </c>
       <c r="D461" t="s">
         <v>1792</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>1793</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>1794</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B462" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C462" t="s">
         <v>1795</v>
       </c>
       <c r="D462" t="s">
         <v>1796</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>1797</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B463" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C463" t="s">
         <v>1799</v>
       </c>
       <c r="D463" t="s">
         <v>1800</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>1801</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B464" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C464" t="s">
         <v>1803</v>
       </c>
       <c r="D464" t="s">
         <v>1804</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>1805</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B465" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C465" t="s">
         <v>1807</v>
       </c>
       <c r="D465" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B466" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C466" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="D466" t="s">
         <v>1811</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>1812</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>1813</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B467" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C467" t="s">
         <v>1814</v>
       </c>
       <c r="D467" t="s">
         <v>1815</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>1816</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B468" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C468" t="s">
         <v>1818</v>
       </c>
       <c r="D468" t="s">
         <v>1819</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>1820</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>1821</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B469" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C469" t="s">
         <v>1822</v>
       </c>
       <c r="D469" t="s">
         <v>1823</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>1824</v>
       </c>
       <c r="F469" s="2" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C470" t="s">
         <v>1826</v>
       </c>
-      <c r="B470" t="s">
+      <c r="D470" t="s">
         <v>1827</v>
       </c>
-      <c r="C470" t="s">
+      <c r="E470" s="2" t="s">
         <v>1828</v>
       </c>
-      <c r="D470" t="s">
+      <c r="F470" s="2" t="s">
         <v>1829</v>
-      </c>
-[...4 lines deleted...]
-        <v>1831</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="B471" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="C471" t="s">
         <v>1832</v>
       </c>
       <c r="D471" t="s">
         <v>1833</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>1834</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>1835</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="B472" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="C472" t="s">
         <v>1836</v>
       </c>
       <c r="D472" t="s">
         <v>1837</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>1838</v>
       </c>
       <c r="F472" s="2" t="s">
         <v>1839</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="B473" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="C473" t="s">
         <v>1840</v>
       </c>
       <c r="D473" t="s">
         <v>1841</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>1842</v>
       </c>
       <c r="F473" s="2" t="s">
         <v>1843</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="B474" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="C474" t="s">
         <v>1844</v>
       </c>
       <c r="D474" t="s">
         <v>1845</v>
       </c>
       <c r="E474" s="2" t="s">
         <v>1846</v>
       </c>
       <c r="F474" s="2" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C475" t="s">
         <v>1848</v>
       </c>
-      <c r="B475" t="s">
+      <c r="D475" t="s">
         <v>1849</v>
       </c>
-      <c r="C475" t="s">
+      <c r="E475" s="2" t="s">
         <v>1850</v>
       </c>
-      <c r="D475" t="s">
+      <c r="F475" s="2" t="s">
         <v>1851</v>
-      </c>
-[...4 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B476" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C476" t="s">
-        <v>1715</v>
+        <v>1854</v>
       </c>
       <c r="D476" t="s">
-        <v>1716</v>
+        <v>1855</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B477" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C477" t="s">
-        <v>1759</v>
+        <v>1719</v>
       </c>
       <c r="D477" t="s">
-        <v>1760</v>
+        <v>1720</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B478" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C478" t="s">
-        <v>1767</v>
+        <v>1763</v>
       </c>
       <c r="D478" t="s">
-        <v>1768</v>
+        <v>1764</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B479" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C479" t="s">
-        <v>1791</v>
+        <v>1771</v>
       </c>
       <c r="D479" t="s">
-        <v>1792</v>
+        <v>1772</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B480" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C480" t="s">
-        <v>1862</v>
+        <v>1795</v>
       </c>
       <c r="D480" t="s">
-        <v>1863</v>
+        <v>1796</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>1864</v>
       </c>
       <c r="F480" s="2" t="s">
         <v>1865</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B481" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C481" t="s">
-        <v>1795</v>
+        <v>1866</v>
       </c>
       <c r="D481" t="s">
-        <v>1796</v>
+        <v>1867</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1868</v>
+        <v>1852</v>
       </c>
       <c r="B482" t="s">
-        <v>1869</v>
+        <v>1853</v>
       </c>
       <c r="C482" t="s">
-        <v>519</v>
+        <v>1799</v>
       </c>
       <c r="D482" t="s">
-        <v>520</v>
+        <v>1800</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1631</v>
+        <v>1870</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1632</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B483" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C483" t="s">
-        <v>1870</v>
+        <v>523</v>
       </c>
       <c r="D483" t="s">
-        <v>1871</v>
+        <v>524</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1872</v>
+        <v>1635</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1873</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B484" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C484" t="s">
         <v>1874</v>
       </c>
       <c r="D484" t="s">
         <v>1875</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>1876</v>
       </c>
       <c r="F484" s="2" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B485" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C485" t="s">
         <v>1878</v>
       </c>
       <c r="D485" t="s">
         <v>1879</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>1880</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B486" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C486" t="s">
         <v>1882</v>
       </c>
       <c r="D486" t="s">
         <v>1883</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>1884</v>
       </c>
       <c r="F486" s="2" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B487" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C487" t="s">
         <v>1886</v>
       </c>
       <c r="D487" t="s">
         <v>1887</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>1888</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B488" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C488" t="s">
         <v>1890</v>
       </c>
       <c r="D488" t="s">
         <v>1891</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>1892</v>
       </c>
       <c r="F488" s="2" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B489" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C489" t="s">
-        <v>290</v>
+        <v>1894</v>
       </c>
       <c r="D489" t="s">
-        <v>291</v>
+        <v>1895</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>292</v>
+        <v>1896</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>293</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B490" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C490" t="s">
-        <v>1894</v>
+        <v>294</v>
       </c>
       <c r="D490" t="s">
-        <v>1895</v>
+        <v>295</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1896</v>
+        <v>296</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1897</v>
+        <v>297</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B491" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C491" t="s">
         <v>1898</v>
       </c>
       <c r="D491" t="s">
         <v>1899</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>1900</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B492" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C492" t="s">
         <v>1902</v>
       </c>
       <c r="D492" t="s">
         <v>1903</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>1904</v>
       </c>
       <c r="F492" s="2" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B493" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C493" t="s">
-        <v>864</v>
+        <v>1906</v>
       </c>
       <c r="D493" t="s">
-        <v>865</v>
+        <v>1907</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>866</v>
+        <v>1908</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>867</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B494" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C494" t="s">
-        <v>1663</v>
+        <v>868</v>
       </c>
       <c r="D494" t="s">
-        <v>1664</v>
+        <v>869</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1906</v>
+        <v>870</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1907</v>
+        <v>871</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B495" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C495" t="s">
-        <v>1908</v>
+        <v>1667</v>
       </c>
       <c r="D495" t="s">
-        <v>1909</v>
+        <v>1668</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>1910</v>
       </c>
       <c r="F495" s="2" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B496" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C496" t="s">
-        <v>298</v>
+        <v>1912</v>
       </c>
       <c r="D496" t="s">
-        <v>299</v>
+        <v>1913</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>300</v>
+        <v>1914</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>301</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B497" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C497" t="s">
-        <v>872</v>
+        <v>302</v>
       </c>
       <c r="D497" t="s">
-        <v>873</v>
+        <v>303</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1116</v>
+        <v>304</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1912</v>
+        <v>305</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B498" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C498" t="s">
         <v>876</v>
       </c>
       <c r="D498" t="s">
         <v>877</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1913</v>
+        <v>1120</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B499" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C499" t="s">
-        <v>302</v>
+        <v>880</v>
       </c>
       <c r="D499" t="s">
-        <v>303</v>
+        <v>881</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>304</v>
+        <v>1917</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B500" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C500" t="s">
-        <v>1916</v>
+        <v>306</v>
       </c>
       <c r="D500" t="s">
-        <v>1917</v>
+        <v>307</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1918</v>
+        <v>308</v>
       </c>
       <c r="F500" s="2" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="B501" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="C501" t="s">
-        <v>310</v>
+        <v>1920</v>
       </c>
       <c r="D501" t="s">
-        <v>311</v>
+        <v>1921</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>312</v>
+        <v>1922</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1921</v>
+        <v>1872</v>
       </c>
       <c r="B502" t="s">
-        <v>1922</v>
+        <v>1873</v>
       </c>
       <c r="C502" t="s">
-        <v>1923</v>
+        <v>314</v>
       </c>
       <c r="D502" t="s">
+        <v>315</v>
+      </c>
+      <c r="E502" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F502" s="2" t="s">
         <v>1924</v>
-      </c>
-[...4 lines deleted...]
-        <v>1926</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B503" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C503" t="s">
         <v>1927</v>
       </c>
       <c r="D503" t="s">
         <v>1928</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>1929</v>
       </c>
       <c r="F503" s="2" t="s">
         <v>1930</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B504" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C504" t="s">
         <v>1931</v>
       </c>
       <c r="D504" t="s">
         <v>1932</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>1933</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>1934</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B505" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C505" t="s">
         <v>1935</v>
       </c>
       <c r="D505" t="s">
         <v>1936</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>1937</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>1938</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B506" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C506" t="s">
         <v>1939</v>
       </c>
       <c r="D506" t="s">
         <v>1940</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>1941</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B507" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C507" t="s">
         <v>1943</v>
       </c>
       <c r="D507" t="s">
         <v>1944</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>1945</v>
       </c>
       <c r="F507" s="2" t="s">
         <v>1946</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B508" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C508" t="s">
         <v>1947</v>
       </c>
       <c r="D508" t="s">
         <v>1948</v>
       </c>
       <c r="E508" s="2" t="s">
         <v>1949</v>
       </c>
       <c r="F508" s="2" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B509" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C509" t="s">
         <v>1951</v>
       </c>
       <c r="D509" t="s">
         <v>1952</v>
       </c>
       <c r="E509" s="2" t="s">
         <v>1953</v>
       </c>
       <c r="F509" s="2" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B510" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C510" t="s">
         <v>1955</v>
       </c>
       <c r="D510" t="s">
         <v>1956</v>
       </c>
       <c r="E510" s="2" t="s">
         <v>1957</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B511" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C511" t="s">
-        <v>62</v>
+        <v>1959</v>
       </c>
       <c r="D511" t="s">
-        <v>63</v>
+        <v>1960</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B512" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C512" t="s">
-        <v>1961</v>
+        <v>66</v>
       </c>
       <c r="D512" t="s">
-        <v>1962</v>
+        <v>67</v>
       </c>
       <c r="E512" s="2" t="s">
         <v>1963</v>
       </c>
       <c r="F512" s="2" t="s">
         <v>1964</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B513" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C513" t="s">
         <v>1965</v>
       </c>
       <c r="D513" t="s">
         <v>1966</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>1967</v>
       </c>
       <c r="F513" s="2" t="s">
         <v>1968</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B514" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C514" t="s">
         <v>1969</v>
       </c>
       <c r="D514" t="s">
         <v>1970</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>1971</v>
       </c>
       <c r="F514" s="2" t="s">
         <v>1972</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B515" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C515" t="s">
         <v>1973</v>
       </c>
       <c r="D515" t="s">
         <v>1974</v>
       </c>
       <c r="E515" s="2" t="s">
         <v>1975</v>
       </c>
       <c r="F515" s="2" t="s">
         <v>1976</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C516" t="s">
         <v>1977</v>
       </c>
-      <c r="B516" t="s">
+      <c r="D516" t="s">
         <v>1978</v>
       </c>
-      <c r="C516" t="s">
+      <c r="E516" s="2" t="s">
         <v>1979</v>
       </c>
-      <c r="D516" t="s">
+      <c r="F516" s="2" t="s">
         <v>1980</v>
-      </c>
-[...4 lines deleted...]
-        <v>1982</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="B517" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="C517" t="s">
         <v>1983</v>
       </c>
       <c r="D517" t="s">
         <v>1984</v>
       </c>
       <c r="E517" s="2" t="s">
         <v>1985</v>
       </c>
       <c r="F517" s="2" t="s">
         <v>1986</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="B518" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="C518" t="s">
-        <v>298</v>
+        <v>1987</v>
       </c>
       <c r="D518" t="s">
-        <v>299</v>
+        <v>1988</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="B519" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="C519" t="s">
-        <v>1989</v>
+        <v>302</v>
       </c>
       <c r="D519" t="s">
-        <v>1990</v>
+        <v>303</v>
       </c>
       <c r="E519" s="2" t="s">
         <v>1991</v>
       </c>
       <c r="F519" s="2" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C520" t="s">
         <v>1993</v>
       </c>
-      <c r="B520" t="s">
+      <c r="D520" t="s">
         <v>1994</v>
       </c>
-      <c r="C520" t="s">
+      <c r="E520" s="2" t="s">
         <v>1995</v>
       </c>
-      <c r="D520" t="s">
+      <c r="F520" s="2" t="s">
         <v>1996</v>
-      </c>
-[...4 lines deleted...]
-        <v>1998</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B521" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C521" t="s">
         <v>1999</v>
       </c>
       <c r="D521" t="s">
         <v>2000</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>2001</v>
       </c>
       <c r="F521" s="2" t="s">
         <v>2002</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B522" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C522" t="s">
         <v>2003</v>
       </c>
       <c r="D522" t="s">
         <v>2004</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>2005</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>2006</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B523" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C523" t="s">
         <v>2007</v>
       </c>
       <c r="D523" t="s">
         <v>2008</v>
       </c>
       <c r="E523" s="2" t="s">
         <v>2009</v>
       </c>
       <c r="F523" s="2" t="s">
         <v>2010</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B524" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C524" t="s">
         <v>2011</v>
       </c>
       <c r="D524" t="s">
         <v>2012</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>2013</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>2014</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B525" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C525" t="s">
         <v>2015</v>
       </c>
       <c r="D525" t="s">
         <v>2016</v>
       </c>
       <c r="E525" s="2" t="s">
         <v>2017</v>
       </c>
       <c r="F525" s="2" t="s">
         <v>2018</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B526" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C526" t="s">
         <v>2019</v>
       </c>
       <c r="D526" t="s">
         <v>2020</v>
       </c>
       <c r="E526" s="2" t="s">
         <v>2021</v>
       </c>
       <c r="F526" s="2" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B527" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C527" t="s">
         <v>2023</v>
       </c>
       <c r="D527" t="s">
         <v>2024</v>
       </c>
       <c r="E527" s="2" t="s">
         <v>2025</v>
       </c>
       <c r="F527" s="2" t="s">
         <v>2026</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B528" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C528" t="s">
         <v>2027</v>
       </c>
       <c r="D528" t="s">
         <v>2028</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>2029</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>2030</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B529" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C529" t="s">
         <v>2031</v>
       </c>
       <c r="D529" t="s">
         <v>2032</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>2033</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C530" t="s">
         <v>2035</v>
       </c>
-      <c r="B530" t="s">
+      <c r="D530" t="s">
         <v>2036</v>
       </c>
-      <c r="C530" t="s">
+      <c r="E530" s="2" t="s">
         <v>2037</v>
       </c>
-      <c r="D530" t="s">
+      <c r="F530" s="2" t="s">
         <v>2038</v>
-      </c>
-[...4 lines deleted...]
-        <v>2040</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B531" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C531" t="s">
         <v>2041</v>
       </c>
       <c r="D531" t="s">
         <v>2042</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>2043</v>
       </c>
       <c r="F531" s="2" t="s">
         <v>2044</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B532" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C532" t="s">
         <v>2045</v>
       </c>
       <c r="D532" t="s">
         <v>2046</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>2047</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>2048</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B533" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C533" t="s">
         <v>2049</v>
       </c>
       <c r="D533" t="s">
         <v>2050</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>2051</v>
       </c>
       <c r="F533" s="2" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B534" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C534" t="s">
         <v>2053</v>
       </c>
       <c r="D534" t="s">
         <v>2054</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>2055</v>
       </c>
       <c r="F534" s="2" t="s">
         <v>2056</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B535" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C535" t="s">
         <v>2057</v>
       </c>
       <c r="D535" t="s">
         <v>2058</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>2059</v>
       </c>
       <c r="F535" s="2" t="s">
         <v>2060</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B536" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C536" t="s">
         <v>2061</v>
       </c>
       <c r="D536" t="s">
         <v>2062</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>2063</v>
       </c>
       <c r="F536" s="2" t="s">
         <v>2064</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B537" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C537" t="s">
         <v>2065</v>
       </c>
       <c r="D537" t="s">
         <v>2066</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>2067</v>
       </c>
       <c r="F537" s="2" t="s">
         <v>2068</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B538" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C538" t="s">
         <v>2069</v>
       </c>
       <c r="D538" t="s">
         <v>2070</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>2071</v>
       </c>
       <c r="F538" s="2" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B539" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C539" t="s">
         <v>2073</v>
       </c>
       <c r="D539" t="s">
         <v>2074</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>2075</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>2076</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B540" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C540" t="s">
         <v>2077</v>
       </c>
       <c r="D540" t="s">
         <v>2078</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>2079</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B541" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C541" t="s">
-        <v>547</v>
+        <v>2081</v>
       </c>
       <c r="D541" t="s">
-        <v>548</v>
+        <v>2082</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B542" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C542" t="s">
-        <v>2083</v>
+        <v>551</v>
       </c>
       <c r="D542" t="s">
-        <v>1871</v>
+        <v>552</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B543" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C543" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="D543" t="s">
-        <v>2087</v>
+        <v>1875</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>2088</v>
       </c>
       <c r="F543" s="2" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B544" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C544" t="s">
         <v>2090</v>
       </c>
       <c r="D544" t="s">
         <v>2091</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>2092</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>2093</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B545" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C545" t="s">
         <v>2094</v>
       </c>
       <c r="D545" t="s">
         <v>2095</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>2096</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B546" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C546" t="s">
         <v>2098</v>
       </c>
       <c r="D546" t="s">
         <v>2099</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>2100</v>
       </c>
       <c r="F546" s="2" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="B547" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="C547" t="s">
-        <v>876</v>
+        <v>2102</v>
       </c>
       <c r="D547" t="s">
-        <v>877</v>
+        <v>2103</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2104</v>
+        <v>2039</v>
       </c>
       <c r="B548" t="s">
-        <v>2105</v>
+        <v>2040</v>
       </c>
       <c r="C548" t="s">
+        <v>880</v>
+      </c>
+      <c r="D548" t="s">
+        <v>881</v>
+      </c>
+      <c r="E548" s="2" t="s">
         <v>2106</v>
       </c>
-      <c r="D548" t="s">
+      <c r="F548" s="2" t="s">
         <v>2107</v>
-      </c>
-[...4 lines deleted...]
-        <v>2109</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="B549" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="C549" t="s">
         <v>2110</v>
       </c>
       <c r="D549" t="s">
         <v>2111</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>2112</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="B550" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="C550" t="s">
-        <v>864</v>
+        <v>2114</v>
       </c>
       <c r="D550" t="s">
-        <v>865</v>
+        <v>2115</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>866</v>
+        <v>2116</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>867</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="B551" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="C551" t="s">
-        <v>2114</v>
+        <v>868</v>
       </c>
       <c r="D551" t="s">
-        <v>2115</v>
+        <v>869</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2116</v>
+        <v>870</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2117</v>
+        <v>871</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B552" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C552" t="s">
         <v>2118</v>
       </c>
-      <c r="B552" t="s">
+      <c r="D552" t="s">
         <v>2119</v>
       </c>
-      <c r="C552" t="s">
+      <c r="E552" s="2" t="s">
         <v>2120</v>
       </c>
-      <c r="D552" t="s">
+      <c r="F552" s="2" t="s">
         <v>2121</v>
-      </c>
-[...4 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B553" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C553" t="s">
-        <v>519</v>
+        <v>2124</v>
       </c>
       <c r="D553" t="s">
-        <v>520</v>
+        <v>2125</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B554" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C554" t="s">
-        <v>2126</v>
+        <v>523</v>
       </c>
       <c r="D554" t="s">
-        <v>2127</v>
+        <v>524</v>
       </c>
       <c r="E554" s="2" t="s">
         <v>2128</v>
       </c>
       <c r="F554" s="2" t="s">
         <v>2129</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B555" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C555" t="s">
         <v>2130</v>
       </c>
       <c r="D555" t="s">
         <v>2131</v>
       </c>
       <c r="E555" s="2" t="s">
         <v>2132</v>
       </c>
       <c r="F555" s="2" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B556" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C556" t="s">
         <v>2134</v>
       </c>
       <c r="D556" t="s">
         <v>2135</v>
       </c>
       <c r="E556" s="2" t="s">
         <v>2136</v>
       </c>
       <c r="F556" s="2" t="s">
         <v>2137</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B557" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C557" t="s">
         <v>2138</v>
       </c>
       <c r="D557" t="s">
         <v>2139</v>
       </c>
       <c r="E557" s="2" t="s">
         <v>2140</v>
       </c>
       <c r="F557" s="2" t="s">
         <v>2141</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B558" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C558" t="s">
         <v>2142</v>
       </c>
       <c r="D558" t="s">
         <v>2143</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>2144</v>
       </c>
       <c r="F558" s="2" t="s">
         <v>2145</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B559" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C559" t="s">
         <v>2146</v>
       </c>
       <c r="D559" t="s">
         <v>2147</v>
       </c>
       <c r="E559" s="2" t="s">
         <v>2148</v>
       </c>
       <c r="F559" s="2" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B560" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C560" t="s">
         <v>2150</v>
       </c>
       <c r="D560" t="s">
         <v>2151</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>2152</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>2153</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B561" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C561" t="s">
         <v>2154</v>
       </c>
       <c r="D561" t="s">
         <v>2155</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>2156</v>
       </c>
       <c r="F561" s="2" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B562" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C562" t="s">
         <v>2158</v>
       </c>
       <c r="D562" t="s">
         <v>2159</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>2160</v>
       </c>
       <c r="F562" s="2" t="s">
         <v>2161</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B563" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C563" t="s">
         <v>2162</v>
       </c>
       <c r="D563" t="s">
         <v>2163</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>2164</v>
       </c>
       <c r="F563" s="2" t="s">
         <v>2165</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B564" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C564" t="s">
-        <v>2114</v>
+        <v>2166</v>
       </c>
       <c r="D564" t="s">
-        <v>2115</v>
+        <v>2167</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B565" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C565" t="s">
         <v>2118</v>
       </c>
-      <c r="B565" t="s">
+      <c r="D565" t="s">
         <v>2119</v>
       </c>
-      <c r="C565" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E565" s="2" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B566" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C566" t="s">
-        <v>2170</v>
+        <v>884</v>
       </c>
       <c r="D566" t="s">
-        <v>2171</v>
+        <v>885</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>2172</v>
       </c>
       <c r="F566" s="2" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B567" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C567" t="s">
         <v>2174</v>
       </c>
       <c r="D567" t="s">
         <v>2175</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>2176</v>
       </c>
       <c r="F567" s="2" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B568" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C568" t="s">
         <v>2178</v>
       </c>
       <c r="D568" t="s">
         <v>2179</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>2180</v>
       </c>
       <c r="F568" s="2" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B569" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C569" t="s">
         <v>2182</v>
       </c>
       <c r="D569" t="s">
         <v>2183</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>2184</v>
       </c>
       <c r="F569" s="2" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="B570" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="C570" t="s">
         <v>2186</v>
       </c>
       <c r="D570" t="s">
         <v>2187</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>2188</v>
       </c>
       <c r="F570" s="2" t="s">
         <v>2189</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B571" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C571" t="s">
         <v>2190</v>
       </c>
-      <c r="B571" t="s">
+      <c r="D571" t="s">
         <v>2191</v>
       </c>
-      <c r="C571" t="s">
+      <c r="E571" s="2" t="s">
         <v>2192</v>
       </c>
-      <c r="D571" t="s">
+      <c r="F571" s="2" t="s">
         <v>2193</v>
-      </c>
-[...4 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="B572" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="C572" t="s">
         <v>2196</v>
       </c>
       <c r="D572" t="s">
         <v>2197</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>2198</v>
       </c>
       <c r="F572" s="2" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="B573" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="C573" t="s">
         <v>2200</v>
       </c>
       <c r="D573" t="s">
         <v>2201</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>2202</v>
       </c>
       <c r="F573" s="2" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="B574" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="C574" t="s">
         <v>2204</v>
       </c>
       <c r="D574" t="s">
         <v>2205</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>2206</v>
       </c>
       <c r="F574" s="2" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="B575" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="C575" t="s">
         <v>2208</v>
       </c>
       <c r="D575" t="s">
         <v>2209</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>2210</v>
       </c>
       <c r="F575" s="2" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="B576" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="C576" t="s">
         <v>2212</v>
       </c>
       <c r="D576" t="s">
         <v>2213</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>2214</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>2215</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B577" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C577" t="s">
         <v>2216</v>
       </c>
-      <c r="B577" t="s">
+      <c r="D577" t="s">
         <v>2217</v>
       </c>
-      <c r="C577" t="s">
+      <c r="E577" s="2" t="s">
         <v>2218</v>
       </c>
-      <c r="D577" t="s">
+      <c r="F577" s="2" t="s">
         <v>2219</v>
-      </c>
-[...4 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B578" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C578" t="s">
         <v>2222</v>
       </c>
       <c r="D578" t="s">
         <v>2223</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>2224</v>
       </c>
       <c r="F578" s="2" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B579" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C579" t="s">
         <v>2226</v>
       </c>
       <c r="D579" t="s">
         <v>2227</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>2228</v>
       </c>
       <c r="F579" s="2" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B580" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C580" t="s">
         <v>2230</v>
       </c>
       <c r="D580" t="s">
         <v>2231</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>2232</v>
       </c>
       <c r="F580" s="2" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B581" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C581" t="s">
         <v>2234</v>
       </c>
       <c r="D581" t="s">
         <v>2235</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>2236</v>
       </c>
       <c r="F581" s="2" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B582" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C582" t="s">
         <v>2238</v>
       </c>
       <c r="D582" t="s">
         <v>2239</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>2240</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B583" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C583" t="s">
         <v>2242</v>
       </c>
       <c r="D583" t="s">
         <v>2243</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>2244</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>2245</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B584" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C584" t="s">
         <v>2246</v>
       </c>
       <c r="D584" t="s">
         <v>2247</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>2248</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>2249</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B585" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C585" t="s">
         <v>2250</v>
       </c>
       <c r="D585" t="s">
         <v>2251</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>2252</v>
       </c>
       <c r="F585" s="2" t="s">
         <v>2253</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B586" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C586" t="s">
         <v>2254</v>
       </c>
       <c r="D586" t="s">
         <v>2255</v>
       </c>
       <c r="E586" s="2" t="s">
         <v>2256</v>
       </c>
       <c r="F586" s="2" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B587" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C587" t="s">
         <v>2258</v>
       </c>
       <c r="D587" t="s">
         <v>2259</v>
       </c>
       <c r="E587" s="2" t="s">
         <v>2260</v>
       </c>
       <c r="F587" s="2" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B588" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C588" t="s">
         <v>2262</v>
       </c>
       <c r="D588" t="s">
-        <v>1871</v>
+        <v>2263</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B589" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C589" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="D589" t="s">
-        <v>2266</v>
+        <v>1875</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>2267</v>
       </c>
       <c r="F589" s="2" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B590" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C590" t="s">
         <v>2269</v>
       </c>
       <c r="D590" t="s">
         <v>2270</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>2271</v>
       </c>
       <c r="F590" s="2" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B591" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C591" t="s">
         <v>2273</v>
       </c>
       <c r="D591" t="s">
         <v>2274</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>2275</v>
       </c>
       <c r="F591" s="2" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B592" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C592" t="s">
         <v>2277</v>
       </c>
       <c r="D592" t="s">
         <v>2278</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>2279</v>
       </c>
       <c r="F592" s="2" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B593" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C593" t="s">
         <v>2281</v>
       </c>
       <c r="D593" t="s">
         <v>2282</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>2283</v>
       </c>
       <c r="F593" s="2" t="s">
         <v>2284</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B594" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C594" t="s">
         <v>2285</v>
       </c>
       <c r="D594" t="s">
-        <v>1512</v>
+        <v>2286</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B595" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C595" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="D595" t="s">
-        <v>2289</v>
+        <v>1516</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>2290</v>
       </c>
       <c r="F595" s="2" t="s">
         <v>2291</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B596" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C596" t="s">
         <v>2292</v>
       </c>
       <c r="D596" t="s">
         <v>2293</v>
       </c>
       <c r="E596" s="2" t="s">
         <v>2294</v>
       </c>
       <c r="F596" s="2" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B597" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C597" t="s">
         <v>2296</v>
       </c>
       <c r="D597" t="s">
         <v>2297</v>
       </c>
       <c r="E597" s="2" t="s">
         <v>2298</v>
       </c>
       <c r="F597" s="2" t="s">
         <v>2299</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B598" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C598" t="s">
         <v>2300</v>
       </c>
-      <c r="B598" t="s">
+      <c r="D598" t="s">
         <v>2301</v>
       </c>
-      <c r="C598" t="s">
+      <c r="E598" s="2" t="s">
         <v>2302</v>
       </c>
-      <c r="D598" t="s">
+      <c r="F598" s="2" t="s">
         <v>2303</v>
-      </c>
-[...4 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B599" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C599" t="s">
         <v>2306</v>
       </c>
       <c r="D599" t="s">
         <v>2307</v>
       </c>
       <c r="E599" s="2" t="s">
         <v>2308</v>
       </c>
       <c r="F599" s="2" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B600" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C600" t="s">
         <v>2310</v>
       </c>
       <c r="D600" t="s">
         <v>2311</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>2312</v>
       </c>
       <c r="F600" s="2" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B601" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C601" t="s">
         <v>2314</v>
       </c>
       <c r="D601" t="s">
         <v>2315</v>
       </c>
       <c r="E601" s="2" t="s">
         <v>2316</v>
       </c>
       <c r="F601" s="2" t="s">
         <v>2317</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B602" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C602" t="s">
         <v>2318</v>
       </c>
       <c r="D602" t="s">
         <v>2319</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>2320</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B603" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C603" t="s">
         <v>2322</v>
       </c>
       <c r="D603" t="s">
         <v>2323</v>
       </c>
       <c r="E603" s="2" t="s">
         <v>2324</v>
       </c>
       <c r="F603" s="2" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B604" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C604" t="s">
         <v>2326</v>
       </c>
       <c r="D604" t="s">
-        <v>1528</v>
+        <v>2327</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B605" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C605" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="D605" t="s">
-        <v>2330</v>
+        <v>1532</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>2331</v>
       </c>
       <c r="F605" s="2" t="s">
         <v>2332</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B606" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C606" t="s">
         <v>2333</v>
       </c>
       <c r="D606" t="s">
         <v>2334</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>2335</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>2336</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B607" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C607" t="s">
         <v>2337</v>
       </c>
       <c r="D607" t="s">
         <v>2338</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>2339</v>
       </c>
       <c r="F607" s="2" t="s">
         <v>2340</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B608" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C608" t="s">
         <v>2341</v>
       </c>
       <c r="D608" t="s">
         <v>2342</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>2343</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>2344</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B609" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C609" t="s">
         <v>2345</v>
       </c>
       <c r="D609" t="s">
         <v>2346</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>2347</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>2348</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B610" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C610" t="s">
         <v>2349</v>
       </c>
       <c r="D610" t="s">
         <v>2350</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>2351</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>2352</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B611" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C611" t="s">
         <v>2353</v>
       </c>
       <c r="D611" t="s">
         <v>2354</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>2355</v>
       </c>
       <c r="F611" s="2" t="s">
         <v>2356</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B612" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C612" t="s">
         <v>2357</v>
       </c>
       <c r="D612" t="s">
         <v>2358</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>2359</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>2360</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B613" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C613" t="s">
         <v>2361</v>
       </c>
       <c r="D613" t="s">
         <v>2362</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>2363</v>
       </c>
       <c r="F613" s="2" t="s">
         <v>2364</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B614" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C614" t="s">
         <v>2365</v>
       </c>
       <c r="D614" t="s">
         <v>2366</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>2367</v>
       </c>
       <c r="F614" s="2" t="s">
         <v>2368</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B615" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C615" t="s">
         <v>2369</v>
       </c>
       <c r="D615" t="s">
         <v>2370</v>
       </c>
       <c r="E615" s="2" t="s">
         <v>2371</v>
       </c>
       <c r="F615" s="2" t="s">
         <v>2372</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B616" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C616" t="s">
         <v>2373</v>
       </c>
       <c r="D616" t="s">
         <v>2374</v>
       </c>
       <c r="E616" s="2" t="s">
         <v>2375</v>
       </c>
       <c r="F616" s="2" t="s">
         <v>2376</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B617" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C617" t="s">
-        <v>54</v>
+        <v>2377</v>
       </c>
       <c r="D617" t="s">
-        <v>55</v>
+        <v>2378</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B618" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C618" t="s">
-        <v>2379</v>
+        <v>58</v>
       </c>
       <c r="D618" t="s">
-        <v>2380</v>
+        <v>59</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>2381</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>2382</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B619" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C619" t="s">
         <v>2383</v>
       </c>
       <c r="D619" t="s">
         <v>2384</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>2385</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>2386</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B620" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C620" t="s">
         <v>2387</v>
       </c>
       <c r="D620" t="s">
         <v>2388</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>2389</v>
       </c>
       <c r="F620" s="2" t="s">
         <v>2390</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B621" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C621" t="s">
         <v>2391</v>
       </c>
       <c r="D621" t="s">
         <v>2392</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>2393</v>
       </c>
       <c r="F621" s="2" t="s">
         <v>2394</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B622" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C622" t="s">
         <v>2395</v>
       </c>
       <c r="D622" t="s">
         <v>2396</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>2397</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>2398</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="B623" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="C623" t="s">
         <v>2399</v>
       </c>
       <c r="D623" t="s">
         <v>2400</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>2401</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>2402</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B624" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C624" t="s">
         <v>2403</v>
       </c>
-      <c r="B624" t="s">
+      <c r="D624" t="s">
         <v>2404</v>
       </c>
-      <c r="C624" t="s">
+      <c r="E624" s="2" t="s">
         <v>2405</v>
       </c>
-      <c r="D624" t="s">
+      <c r="F624" s="2" t="s">
         <v>2406</v>
-      </c>
-[...4 lines deleted...]
-        <v>2408</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="B625" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
       <c r="C625" t="s">
-        <v>1282</v>
+        <v>2409</v>
       </c>
       <c r="D625" t="s">
-        <v>1283</v>
+        <v>2410</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="B626" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
       <c r="C626" t="s">
-        <v>2411</v>
+        <v>1286</v>
       </c>
       <c r="D626" t="s">
-        <v>2412</v>
+        <v>1287</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>2413</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>2414</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B627" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C627" t="s">
         <v>2415</v>
       </c>
-      <c r="B627" t="s">
+      <c r="D627" t="s">
         <v>2416</v>
       </c>
-      <c r="C627" t="s">
+      <c r="E627" s="2" t="s">
         <v>2417</v>
       </c>
-      <c r="D627" t="s">
+      <c r="F627" s="2" t="s">
         <v>2418</v>
-      </c>
-[...4 lines deleted...]
-        <v>2420</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B628" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C628" t="s">
         <v>2421</v>
       </c>
       <c r="D628" t="s">
         <v>2422</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>2423</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B629" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C629" t="s">
         <v>2425</v>
       </c>
       <c r="D629" t="s">
         <v>2426</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>2427</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>2428</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B630" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C630" t="s">
         <v>2429</v>
       </c>
       <c r="D630" t="s">
         <v>2430</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>2431</v>
       </c>
       <c r="F630" s="2" t="s">
         <v>2432</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B631" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C631" t="s">
         <v>2433</v>
       </c>
       <c r="D631" t="s">
         <v>2434</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>2435</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>2436</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B632" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C632" t="s">
         <v>2437</v>
       </c>
       <c r="D632" t="s">
         <v>2438</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>2439</v>
       </c>
       <c r="F632" s="2" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B633" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C633" t="s">
         <v>2441</v>
       </c>
       <c r="D633" t="s">
         <v>2442</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>2443</v>
       </c>
       <c r="F633" s="2" t="s">
         <v>2444</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B634" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C634" t="s">
         <v>2445</v>
       </c>
       <c r="D634" t="s">
         <v>2446</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>2447</v>
       </c>
       <c r="F634" s="2" t="s">
         <v>2448</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B635" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C635" t="s">
         <v>2449</v>
       </c>
       <c r="D635" t="s">
         <v>2450</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>2451</v>
       </c>
       <c r="F635" s="2" t="s">
         <v>2452</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B636" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C636" t="s">
-        <v>367</v>
+        <v>2453</v>
       </c>
       <c r="D636" t="s">
-        <v>368</v>
+        <v>2454</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2454</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B637" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C637" t="s">
-        <v>2455</v>
+        <v>371</v>
       </c>
       <c r="D637" t="s">
-        <v>2456</v>
+        <v>372</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>2457</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>2458</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B638" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C638" t="s">
         <v>2459</v>
       </c>
       <c r="D638" t="s">
         <v>2460</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>2461</v>
       </c>
       <c r="F638" s="2" t="s">
         <v>2462</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B639" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C639" t="s">
         <v>2463</v>
       </c>
       <c r="D639" t="s">
         <v>2464</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>2465</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>2466</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B640" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C640" t="s">
         <v>2467</v>
       </c>
       <c r="D640" t="s">
         <v>2468</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>2469</v>
       </c>
       <c r="F640" s="2" t="s">
         <v>2470</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B641" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C641" t="s">
         <v>2471</v>
       </c>
       <c r="D641" t="s">
         <v>2472</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>2473</v>
       </c>
       <c r="F641" s="2" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B642" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C642" t="s">
         <v>2475</v>
       </c>
       <c r="D642" t="s">
         <v>2476</v>
       </c>
       <c r="E642" s="2" t="s">
         <v>2477</v>
       </c>
       <c r="F642" s="2" t="s">
         <v>2478</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B643" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C643" t="s">
         <v>2479</v>
       </c>
       <c r="D643" t="s">
         <v>2480</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>2481</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>2482</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B644" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C644" t="s">
         <v>2483</v>
       </c>
       <c r="D644" t="s">
         <v>2484</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>2485</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>2486</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B645" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C645" t="s">
         <v>2487</v>
       </c>
       <c r="D645" t="s">
         <v>2488</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>2489</v>
       </c>
       <c r="F645" s="2" t="s">
         <v>2490</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B646" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C646" t="s">
         <v>2491</v>
       </c>
       <c r="D646" t="s">
         <v>2492</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>2493</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>2494</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B647" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C647" t="s">
         <v>2495</v>
       </c>
       <c r="D647" t="s">
         <v>2496</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>2497</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>2498</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B648" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C648" t="s">
         <v>2499</v>
       </c>
       <c r="D648" t="s">
         <v>2500</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>2501</v>
       </c>
       <c r="F648" s="2" t="s">
         <v>2502</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B649" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C649" t="s">
         <v>2503</v>
       </c>
       <c r="D649" t="s">
         <v>2504</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>2505</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>2506</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B650" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C650" t="s">
         <v>2507</v>
       </c>
       <c r="D650" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B651" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C651" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="D651" t="s">
         <v>2511</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>2512</v>
       </c>
       <c r="F651" s="2" t="s">
         <v>2513</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B652" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C652" t="s">
         <v>2514</v>
       </c>
       <c r="D652" t="s">
         <v>2515</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>2516</v>
       </c>
       <c r="F652" s="2" t="s">
         <v>2517</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B653" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C653" t="s">
         <v>2518</v>
       </c>
       <c r="D653" t="s">
         <v>2519</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>2520</v>
       </c>
       <c r="F653" s="2" t="s">
         <v>2521</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B654" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C654" t="s">
         <v>2522</v>
       </c>
       <c r="D654" t="s">
         <v>2523</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>2524</v>
       </c>
       <c r="F654" s="2" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B655" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C655" t="s">
         <v>2526</v>
       </c>
       <c r="D655" t="s">
         <v>2527</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>2528</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>2529</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B656" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C656" t="s">
         <v>2530</v>
       </c>
       <c r="D656" t="s">
         <v>2531</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>2532</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>2533</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="B657" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="C657" t="s">
         <v>2534</v>
       </c>
       <c r="D657" t="s">
         <v>2535</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>2536</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>2537</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B658" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C658" t="s">
         <v>2538</v>
       </c>
-      <c r="B658" t="s">
+      <c r="D658" t="s">
         <v>2539</v>
       </c>
-      <c r="C658" t="s">
+      <c r="E658" s="2" t="s">
         <v>2540</v>
       </c>
-      <c r="D658" t="s">
+      <c r="F658" s="2" t="s">
         <v>2541</v>
-      </c>
-[...4 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B659" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C659" t="s">
         <v>2544</v>
       </c>
       <c r="D659" t="s">
         <v>2545</v>
       </c>
       <c r="E659" s="2" t="s">
         <v>2546</v>
       </c>
       <c r="F659" s="2" t="s">
         <v>2547</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B660" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C660" t="s">
         <v>2548</v>
       </c>
       <c r="D660" t="s">
         <v>2549</v>
       </c>
       <c r="E660" s="2" t="s">
         <v>2550</v>
       </c>
       <c r="F660" s="2" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B661" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C661" t="s">
         <v>2552</v>
       </c>
       <c r="D661" t="s">
         <v>2553</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>2554</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>2555</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B662" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C662" t="s">
         <v>2556</v>
       </c>
       <c r="D662" t="s">
         <v>2557</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>2558</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B663" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C663" t="s">
         <v>2560</v>
       </c>
       <c r="D663" t="s">
         <v>2561</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>2562</v>
       </c>
       <c r="F663" s="2" t="s">
         <v>2563</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B664" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C664" t="s">
         <v>2564</v>
       </c>
       <c r="D664" t="s">
         <v>2565</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>2566</v>
       </c>
       <c r="F664" s="2" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B665" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C665" t="s">
         <v>2568</v>
       </c>
       <c r="D665" t="s">
         <v>2569</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>2570</v>
       </c>
       <c r="F665" s="2" t="s">
         <v>2571</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B666" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C666" t="s">
         <v>2572</v>
       </c>
       <c r="D666" t="s">
         <v>2573</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>2574</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>2575</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="B667" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="C667" t="s">
         <v>2576</v>
       </c>
       <c r="D667" t="s">
         <v>2577</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>2578</v>
       </c>
       <c r="F667" s="2" t="s">
         <v>2579</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B668" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C668" t="s">
         <v>2580</v>
       </c>
-      <c r="B668" t="s">
+      <c r="D668" t="s">
         <v>2581</v>
       </c>
-      <c r="C668" t="s">
+      <c r="E668" s="2" t="s">
         <v>2582</v>
       </c>
-      <c r="D668" t="s">
+      <c r="F668" s="2" t="s">
         <v>2583</v>
-      </c>
-[...4 lines deleted...]
-        <v>2585</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="B669" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="C669" t="s">
-        <v>282</v>
+        <v>2586</v>
       </c>
       <c r="D669" t="s">
-        <v>283</v>
+        <v>2587</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="B670" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="C670" t="s">
-        <v>2588</v>
+        <v>286</v>
       </c>
       <c r="D670" t="s">
-        <v>2589</v>
+        <v>287</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>2590</v>
       </c>
       <c r="F670" s="2" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="B671" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="C671" t="s">
         <v>2592</v>
       </c>
       <c r="D671" t="s">
         <v>2593</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>2594</v>
       </c>
       <c r="F671" s="2" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="B672" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="C672" t="s">
         <v>2596</v>
       </c>
       <c r="D672" t="s">
         <v>2597</v>
       </c>
       <c r="E672" s="2" t="s">
         <v>2598</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>2599</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="B673" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="C673" t="s">
         <v>2600</v>
       </c>
       <c r="D673" t="s">
         <v>2601</v>
       </c>
       <c r="E673" s="2" t="s">
         <v>2602</v>
       </c>
       <c r="F673" s="2" t="s">
         <v>2603</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="B674" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="C674" t="s">
         <v>2604</v>
       </c>
       <c r="D674" t="s">
         <v>2605</v>
       </c>
       <c r="E674" s="2" t="s">
         <v>2606</v>
       </c>
       <c r="F674" s="2" t="s">
         <v>2607</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6">
+      <c r="A675" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B675" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C675" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D675" t="s">
+        <v>2609</v>
+      </c>
+      <c r="E675" s="2" t="s">
+        <v>2610</v>
+      </c>
+      <c r="F675" s="2" t="s">
+        <v>2611</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">