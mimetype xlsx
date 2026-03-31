--- v1 (2026-02-07)
+++ v2 (2026-03-31)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2689">
   <si>
     <t>www.manoalga.lt</t>
   </si>
   <si>
-    <t>02/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_lt</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_lt</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_lt</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administravimas</t>
   </si>
@@ -434,50 +434,80 @@
 * Operating towed machines such as seed drills or manure spreaders to plant, fertilize, dust, and spray crops. 
 * Loading hoppers, containers, or conveyors to feed machines with products, using forklifts, transfer augers, suction gates, shovels, or pitchforks. 
 * Spraying fertilizer or pesticide solutions to control insects, fungus and weed growth, and diseases, using hand sprayers. 
 * Mixing specified materials or chemicals, and dump solutions, powders, or seeds into planter or sprayer machinery. 
 * Irrigating soil, using portable pipes or ditch systems, and maintaining ditches or pipes and pumps. 
 * Directing and monitoring the activities of work crews engaged in planting, weeding, or harvesting activities. 
 * Loading and unloading crops or containers of materials, manually or using conveyors, handtrucks, forklifts, or transfer augers. 
 * Weighing crop-filled containers, and record weights and other identifying information. </t>
   </si>
   <si>
     <t>* Valdantis ar aptarnaujantis žemės ūkio gamyboje naudojamą įrangą, tokia kaip traktoriai, kombainai ir drėkinimo įranga. 
 * Stebėjantis ir klausantis mechanizacijos darbo tam, kad atpažinti įrangos gedimus. 
 * Prijungiant fermos įtaisus, tokius kaip arklas, diskus, purškikus ar pjautuvus, prie traktorių naudojantis veržlėmis ir rankiniais įrankiais. 
 * Vairuojantis sunkvežimius, vežantis derlių, atsargas, įrankius ar fermų darbuotojus. 
 * Reguliuojantis, taisantis ir aptarnaujantis fermų mechanizaciją bei informuojantis vadovus, kai mechanizacija sugenda. 
 * Valdantis vilkikus kaip sėjos ar mėšloBARSTYtuvai mašinos tam, kad sodinti, tręšti, pudruoti ir purkšti pasėlius. 
 * Kraunantis bunkerius, konteinerius ar konvejerius tam, kad tiekti mašinas produktų, naudojantis kėlimo kranais, perkėlimo valtuvais, siurbimo vartais, kastuvais, ar dalgiais. 
 * Purkštiantis tręšimo ar pesticidų sprendimą tam, kad kontroliuoti vabzdžių, grybo ir piktžolių augimą ir ligas, naudojantis rankiniais purškikais. 
 * Maišantis tam tikras medžiagas ar cheminės medžiagos, ir išpilstantis sprendimų, miltelių ar sėklų į sodintuvus ar purškimo mašinas. 
 * Drėkinantis dirvą, naudojantis pernešamosios vamzdžių ar kanavų sistemas, ir palaikantis kanavas ar vamzdelius ir siurbliai. 
 * Vadovaujantis ir stebint darbo brigadų veiklą, užsiimančias sodinimu, piškavimu ar derliaus nuėmimu. 
 * Kraunantis ir iškraunantis derlių ar medžiagų konteinerius rankiniu būdu ar naudojantis konvejeriais, rankiniais vežimėliais, kėlimo kranais, ar perkėlimo valtuvais. 
 * Sveriant derliu pilnus konteinerius ir užrašantis svorius bei kitą identifikuojančią informaciją.</t>
   </si>
   <si>
+    <t>Agricultural Specialist</t>
+  </si>
+  <si>
+    <t>Žemės ūkio specialistas</t>
+  </si>
+  <si>
+    <t>* Preparing soil for planting and sowing through plowing, fertilization, and irrigation.
+* Sowing grains and industrial crops, as well as planting vegetables in prepared fields.
+* Protecting crops from diseases and pests through spraying and dusting with fungicides and pesticides.
+* Harvesting mature crops such as grains, rye, and barley, or gathering root vegetables like potatoes, corn, beets, and tobacco.
+* Classifying, storing, and dispatching harvested products to market.
+* Monitoring crop growth and development, ensuring optimal conditions for yield.
+* Implementing sustainable agricultural practices to enhance soil health and productivity.
+* Collaborating with agronomists and other specialists to improve farming techniques and crop varieties.
+* Keeping accurate records of planting schedules, crop yields, and pesticide applications.
+* Staying updated on agricultural trends, technologies, and regulations to ensure compliance and innovation in farming practices.</t>
+  </si>
+  <si>
+    <t>* Ruošiant dirvą sėjai ir sodinimui traktavimu, tręšimu ir drėkinimu.
+* Sėjant grūdus ir pramoninius augalus, taip pat sodinant daržoves paruoštuose laukuose.
+* Saugant augalus nuo ligų ir kenkėjų purškiant ir dulkinant fungicidais ir pesticidais.
+* Nuimant brandžius derlius, tokie kaip grūdai, rugiai ir miežiai, arba renkant šakniavaisius, kaip bulves, kukurūzus, burokėlius ir tabaką.
+* Klasifikuojant, saugojant ir siunčiant nuimtus produktus į rinką.
+* Stebėjant augalų augimą ir vystymąsi, užtikrinant optimalias sąlygas derliui.
+* Įgyvendinant tvarias žemdirbystės praktikas, siekiant pagerinti dirvos sveikatą ir produktyvumą.
+* Bendradarbiaujant su agronomais ir kitais specialistais, siekiant pagerinti žemdirbystės technikas ir augalų veisles.
+* Vedant tikslus įrašus apie sodinimo grafikus, derlių ir pesticidų panaudojimą.
+* Būnant informuotam apie žemdirbystės tendencijas, technologijas ir reguliacijas, siekiant užtikrinti atitiktį ir inovacijas žemdirbystės praktikose.</t>
+  </si>
+  <si>
     <t>Agricultural Technician</t>
   </si>
   <si>
     <t>Žemės ūkio technikas</t>
   </si>
   <si>
     <t>* Responsibility for planting, spraying, collecting, storing and selling agricultural products. * Operating agricultural machinery and equipment and keeping them in working order. * Collecting the samples of crops and livestock. * Conducting experiments aimed at increasing the fertility of crops, livestock performance and their resistance to disease and pests. * Keeping records of discovered facts, their analysing and drawing conclusions. * Cleaning and sterilising the laboratory and laboratory equipment.</t>
   </si>
   <si>
     <t>* Atsakomybė už žemės ūkio produktų sodinimą, purškimą, nuėmimą, sandėliavimą ir pardavimą. * Žemės ūkio mašinų ir įrangos eksploatavimas ir priežiūra, kad jie būtų tinkami eksploatuoti. * Javų ir gyvulių mėginių ėmimas. * Eksperimentų, kuriais siekiama padidinti javų derlingumą ir gyvulių vaisingumą bei jų atsparumą ligoms ir kenkėjams, atlikimas. * Įrašų apie nustatytus faktus registravimas, jų analizavimas ir išvadų darymas. * Laboratorijos ir laboratorinės įrangos valymas ir sterilizavimas.</t>
   </si>
   <si>
     <t>Agricultural Technologist</t>
   </si>
   <si>
     <t>Žemės ūkio technologas</t>
   </si>
   <si>
     <t>* Examining the composition and quality of agricultural soil as well as ground and irrigation water. * Selecting crops suitable for cultivation in the given location. * Identifying insufficiently fertile soil and proposing measures to improve its fertility. * Placing insect traps and collecting and recording the amount of trapped insects. * Cooperating in the research and development of chemical fertilisers, herbicides, and pesticides. * Providing advice to the producers of agricultural crops and livestock keepers.</t>
   </si>
   <si>
     <t>* Žemės ūkio paskirties dirvožemio ir gruntinio bei drėkinimo vandens sudėties ir kokybės tyrimas. * Javų, tinkamų auginti konkrečioje vietovėje, parinkimas. * Nepakankamai derlingo dirvožemio nustatymas ir jo derlingumo didinimo priemonių siūlymas. * Vabzdžių gaudyklių statymas, sugautų vabzdžių surinkimas ir jų skaičiaus registravimas. * Bendradarbiavimas vykdant tyrimus ir kuriant chemines trąšas, herbicidus ir pesticidus. * Žemės ūkio pasėlių ir gyvulių augintojų konsultavimas.</t>
   </si>
   <si>
     <t>Animal Care Worker</t>
@@ -784,50 +814,76 @@
 * Kūryti specialiuosius efektus (senėjimo, mėlynių, žaizdų ir kt.) naudojant grima.
 * Ruošti perukus ir panašius produktus.
 * Daryti kaukų liejinius veidų ir/ar galvų atspaudus.
 * Iš veidų ir/ar galvų atspaudų liejinių gaminti lateksines ir silikonines kaukes.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Modelis</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t>* Pozių režisavimas fotografų objektyvuose, vadovaujantis jų nurodymais.
 * Rūbų, produktų ir pan. apžiūra.
 * Vaidinimas televizijos reklamose.
 * Bendradarbiavimas su vizažistais, kirpėjais ir rūbų stilistais.
 * Kelionės į atrankas ir fotografavimo vietas.</t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Muziejaus specialistas</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Rinkinių objektų tvarkymas, apskaita ir apsauga.
+Eksponatų profesionalus apdorojimas ir katalogavimas.
+Parodų projektų kūrimas ir įgyvendinimas.
+Moksliniai tyrimai atitinkamoje srityje.
+Populiarinimo medžiagos ir paskaitų rengimas.
+Metodinis vadovavimas įsigyjant naujas rinkinių vertybes.
+Bendradarbiavimas su profesinėmis institucijomis.
+Laikymo sąlygų ir konservavimo priežiūra.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Fotografas</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc. * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc. * Instructing people during photo shoots. * Editing photographs using computer technology. * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>* Žmonių, gyvūnų, objektų, peizažo ir t. t. fotografavimas. * Analoginių ir skaitmeninių fotoaparatų, lęšių, apšvietimo įrangos, filtrų, konvertavimo lęšių ir t. t. naudojimas. * Žmonių instruktavimas fotografuojant. * Nuotraukų redagavimas naudojantis kompiuterinėmis technologijomis. * Kino juostų ryškinimas, nuotraukų spausdinimas.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
     <t>Restauratorius</t>
   </si>
   <si>
     <t>* Restoring furniture, sculptures, books, paintings, etc.
 * Assessing the condition of artifacts through visual and scientific examinations.
 * Determining whether objects need repair and choosing the safest and most effective method of repair.
 * Preparing estimates of restoration costs and timescales.
 * Developing and utilizing preservation techniques.
@@ -1924,51 +1980,51 @@
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
     <t>* Prižiūrinti internetinės parduotuvės kasdienę veiklą, užtikrinti sklandžią klientų patirtį.
 *Tvarkyti prekių sąrašus, įskaitant naujų prekių įtraukimą, aprašymų atnaujinimą ir vaizdų optimizavimą.
 * Stebėti atsargų lygius ir koordinuoti veiksmus su tiekėjais, kad papildyti prekes pagal poreikį.
 * Apdoroti klientų užsakymus ir užtikrinti laiku jų įgyvendinimą ir pristatymą.
 * Tvarkyti klientų užklausas ir spręsti problemas el. paštu, pokalbiu ir telefono pagalba profesionaliai.
 * Įgyvendinti reklaminę strategiją ir rinkodaros kampanijas, skirtas skatinti internetines pardavimas.
 * Analizuoti pardavimų duomenis ir svetainės lankytojų srautus, kad nustatyti tendencijas ir gerinti našumą.
 * Bendradarbiauti su rinkodaros komanda siekiant pagerinti internetinės parduotuvės prieinamumą.
 * Palaikyti tikslias įrašas apie pardavimus, grąžinimus ir bendravimą su klientais.
 * Užtikrinti atitikimą su e. prekybos taisyklėmis ir standartais internetiniams pardavimams.
 * Naudoti e. prekybos platformas ir programuotojus, kad optimizuoti operacijas ir gerinti veiksmingumą.
 * Teikti reguliarius ataskaitas apie našumo metrikas ir siūlyti tobulinimo galimybes.
 * Padėti plėtoti ir palaikyti internetinės parduotuvės naudotojo sąsają, siekiant optimalaus bendravimo su klientais.</t>
   </si>
   <si>
-    <t>Product Marketing Manager</t>
+    <t>Product Manager</t>
   </si>
   <si>
     <t>Produktų vadovas</t>
   </si>
   <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
     <t>* Kuriant verslo sprendimus, procesus ir verslo modelius.
 * Apdorojant technines ir kainų pasiūlymo sąlygas.
 * Projektuojant ir įgyvendinant plėtros priemones.
 * Skatinant produktų pardavimą, atsižvelgiant į techninius ir procedūrinius aspektus bei santykius su tiekėjais.
 * Tvarkant susijusią techninę ir komercinę dokumentaciją.
 * Analizuojant rinkos sąlygas, apdorojant rinkos analizės rezultatus, teikiant reguliarius pranešimus apie rezultatus ir jų pristatymą.
 * Bendradarbiaujant su įmonės verslo ir techninėmis skyriais.
 * Atstovaujant įmonei susitikimuose su verslo partneriais ir kitomis subjektais.</t>
   </si>
   <si>
@@ -2438,50 +2494,88 @@
     <t>* Pamatų, sąramų, stulpų, lubų gaminimas, keitimas, tvarkymas, surinkimas ir statymas. * Medienos dalių pjaustymas ir formavimas. * Struktūrų ir konstrukcijų nustatymas pagal brėžinius. * Užduočių, susijusių su statybų struktūra, vykdymas.</t>
   </si>
   <si>
     <t>Civil Engineer</t>
   </si>
   <si>
     <t>Civilinės inžinerijos specialistas</t>
   </si>
   <si>
     <t>* Completing preparatory, technical, project and other construction and construction-technical documentation for the authorisation of constructions, their alterations, and maintenance work.
 * Completing partial documentation for territorial plans.
 * Completing documentation for the assessment of the impact of construction work on the environment.
 * Providing the technical and economic consulting services (expert opinions, surveys, estimates, etc.).
 * Performing construction measurements and construction diagnostics.
 * Providing professional author's supervision regarding the construction work in accordance with the approved project documentation.
 * Representation investor during the preparation and provision of construction works.</t>
   </si>
   <si>
     <t>* Ruošiama parengiamoji, techninė, projektinė ir kita statybos bei statybos techninė dokumentacija statyboms, jų keitimams bei priežiūros darbams leisti.
 * Ruošiama dalinė dokumentacija teritorijų planams.
 * Ruošiama dokumentacija statybų poveikio aplinkai įvertinimui.
 * Teikiami techniniai ir ekonominiai konsultaciniai paslaugos (ekspertų nuomonės, apklausos, sąmatos ir kt.).
 * Atliekami statybos matavimai ir statybos diagnostika.
 * Teikiama profesionali autorių priežiūra statybos darbams, atsižvelgiant į patvirtintą projektinę dokumentaciją.
 * Atstovaujama investuotojui statybos darbų rengimo ir vykdymo metu.</t>
+  </si>
+  <si>
+    <t>Civil Engineer for Public Procurement</t>
+  </si>
+  <si>
+    <t>Statybos inžinierius viešiesiems pirkimams</t>
+  </si>
+  <si>
+    <t>* Preparing and submitting competitive bids for construction projects.
+* Analyzing project requirements and specifications to determine bid scope.
+* Collaborating with project managers, engineers, and other stakeholders to gather necessary information.
+* Conducting cost analysis and estimating project expenses to create accurate bid proposals.
+* Researching and identifying potential subcontractors and suppliers for project needs.
+* Ensuring compliance with legal and regulatory requirements in bid submissions.
+* Presenting bids to clients and addressing any inquiries or concerns.
+* Maintaining records of bids submitted and outcomes for future reference.
+* Monitoring industry trends and competitor activities to enhance bidding strategies.
+* Participating in negotiations with clients and stakeholders to secure contracts.
+* Assisting in the development of project schedules and resource allocation.
+* Providing support during the project execution phase to ensure adherence to bid specifications.
+* Contributing to the continuous improvement of bidding processes and methodologies.
+* Attending industry conferences and networking events to promote the company and gather insights.</t>
+  </si>
+  <si>
+    <t>* Rengimo ir pateikimo konkurencingų pasiūlymų statybos projektams.
+* Projektų reikalavimų ir specifikacijų analizė siekiant nustatyti pasiūlymo apimtį.
+* Bendradarbiavimas su projektų vadovais, inžinieriais ir kitais suinteresuotais asmenimis, kad būtų surinkta reikiama informacija.
+* Kainų analizė ir projekto išlaidų įvertinimas, kad būtų sukurti tiksli pasiūlymai.
+* Potencinių subrangovų ir tiekėjų paieška ir identifikacija projekto poreikiams.
+* Užtikrinimas, kad pasiūlymai atitiktų teisinius ir reglamentinius reikalavimus.
+* Pasiūlymų pristatymas klientams ir atsakymas į bet kuriuos klausimus ar abejones.
+* Pasiūlymų dokumentų ir rezultatų laikymas ateities nuorodai.
+* Pramonės tendencijų ir konkurentų veiklos stebėjimas, kad būtų pagerintos licitacijos strategijos.
+* Dalyvavimas derybose su klientais ir suinteresuotais asmenimis, kad būtų pasirašytos sutartys.
+* Projektų grafikų ir resursų paskirstymo vystymo parama.
+* Parama projekto vykdymo fazėje, kad būtų užtikrinta atitikimas pasiūlymo specifikacijoms.
+* Indėlis į nuolatinį licitacijos procesų ir metodikos tobulinimą.
+* Dalyvavimas pramonės konferencijose ir tinklų renginiuose, kad būtų skelbiama apie įmonę ir surinktos įžvalgos.</t>
   </si>
   <si>
     <t>Construction Estimator</t>
   </si>
   <si>
     <t>Statybos darbų vertintojas</t>
   </si>
   <si>
     <t>* Collection and analysis of partial data entering the final value of the construction costs of the works.
 * Examination of preliminary architectural drawings and engineering plans.
 * Attendance at construction sites, checking the availability of utilities.
 * Determining the amount of building materials and labour needed to construct the works.
 * Compilation of estimates taking into account all inputs and factors affecting the final cost value.
 * Drafting of final bids.
 * Providing advice on the profitability of construction projects.</t>
   </si>
   <si>
     <t>* Dalinių duomenų, įeinančių į galutinę statybų darbų kainos vertę, rinkimas ir analizė.
 * Preliminarinių architektūrinių brėžinių ir inžinerinių planų tikrinimas.
 * Lankymasis statybų aikštelėse, įrangos ir komunalinių paslaugų prieinamumo tikrinimas.
 * Statybinių medžiagų ir darbo jėgos, reikalingos statybų darbams atlikti, kiekio nustatymas.
 * Įvertinimų sudarymas atsižvelgiant į visus įsipareigojimus ir veiksnius, veikiančius galutinę kainos vertę.
 * Galutinių pasiūlymų rengimas.
 * Konsultacinės paslaugos dėl statybų projektų pelningumo teikimas.</t>
   </si>
@@ -2925,126 +3019,96 @@
   <si>
     <t>Refrigeration Mechanic</t>
   </si>
   <si>
     <t>Šaldymo įrenginių mechanikas</t>
   </si>
   <si>
     <t>* Performing the calculations that are necessary for designing simpler refrigeration and air conditioning equipment. * Mounting, dismantling, and completing refrigeration and air conditioning equipment. * Detecting defects and determining the procedures that are necessary for their removal. * Connecting automatic control components to refrigeration and air conditioning equipment. * Assessing facilities in terms of meeting standards and regulations.</t>
   </si>
   <si>
     <t>* Skaičiavimų, reikalingų kuriant mažesnę šaldymo ir oro kondicionavimo įrangą, atlikimas. * Šaldymo ir oro kondicionavimo įrangos montavimas, išmontavimas ir užbaigimas. * Defektų aptikimas ir procedūrų, reikalingų norint juos pašalinti, nustatymas. * Automatinio valdymo komponentų prijungimas prie šaldymo ir oro kondicionavimo įrangos. * Įrenginių atitikties standartams ir taisyklėms vertinimas.</t>
   </si>
   <si>
     <t>Roofer</t>
   </si>
   <si>
     <t>Stogdengys</t>
   </si>
   <si>
     <t>* Calculating, plotting and fabricating sheet metal products. * Cutting the sheet metal plates into the required dimensions. * Laying a soft and hard roof covering. * Covering roofs, terraces, balconies, loggias, parapets, cornices, window sills, etc. with sheet metal.</t>
   </si>
   <si>
     <t>* Lakštinio metalo gaminių skaičiavimas, braižymas ir gamyba. * Lakštinio metalo plokščių pjaustymas pagal reikiamus matmenis. * Minkštos ir kietos stogo dangos klojimas. * Stogų, terasų, balkonų, lodžijų, turėklų, atbrailų, palangių ir t. t. padengimas lakštiniu metalu.</t>
   </si>
   <si>
-    <t>Scaffolder</t>
+    <t>Scaffolder worker</t>
   </si>
   <si>
     <t>Pastolių statytojas</t>
   </si>
   <si>
     <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
 * Putting up scaffoldings along the frontage of the buildings.
 * Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
 * Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
 * Taking apart the scaffolding and protective nets after finishing the building process.
 </t>
   </si>
   <si>
     <t>* Statant laikančius pastatus, atsižvelgiant į plokštės apkrovos gebą.
 * Statant laikančius pastatus palei pastatų fasadus.
 * Statant apsauginius turėklus, apsauginius tinklus, kopėčias, aukštais ir blokus, kurie neleidžia daiktams kristi nuo laikančio pastato.
 * Būtant atsakingu už teisingų laikančio pastato pamatų sukūrimą, už taisyklingą inkaravimą ir laikančio pastato statybą.
 * Išardant laikančią konstrukciją ir apsauginius tinklus po Statybų proceso pabaigos.</t>
   </si>
   <si>
     <t>Site Manager</t>
   </si>
   <si>
     <t>Statybvietės darbų vadovas</t>
   </si>
   <si>
     <t>* Responsibility for organising, managing, and coordinating construction work and other activities on the construction site.
 * Assessing the construction work progress on a regular basis, monitoring the use of budgeted funds.* Recording all completed construction work in the construction log.
 * Taking decisions on the start and completion of construction work and other activities on the construction site and in the structure.
 * Issuing orders related to construction work, the organisation of work, and the movement of people on the construction site and in the structure. 
 * Taking the delivery of construction products, determining their suitability, and defining their placement and storage on the construction site.
 * Issuing orders to immediately halt construction work and other activities on the construction site and in the structure.
 * Coordinating the sequence of construction work activities.
 * Forbidding others from the construction site and from the structure.</t>
   </si>
   <si>
     <t>* Atsakomybė už statybos darbų organizavimą, valdymą ir koordinavimą statybvietėje bei kitas veiklas.
 * Reguliariai vertinama statybos darbų pažanga, stebimas biudžeto lėšų naudojimas.
 * Visi atlikti statybos darbai užrašomi statybos žurnale.
 * Sprendimų priėmimas dėl statybos darbų pradžios ir pabaigos bei kitų veiklų statybvietėje ir objekte.
 * Teikiami nurodymai, susiję su statybos darbais, darbo organizavimu ir žmonių judėjimu statybvietėje bei objekte.
 * Priimamas statybinių produktų pristatymas, nustatoma jų tinkamumas ir aprašomas jų padėjimas bei saugojimas statybvietėje.
 * Teikiami nurodymai nedelsiant nutraukti statybos darbus ir kitas veiklas statybvietėje ir objekte.
 * Koordinuojama statybos darbų veiklų seka.
 * Kitų asmenų draudimas nuo statybvietės ir objekto.</t>
-  </si>
-[...28 lines deleted...]
-* Bendravimas su profesionalais ir organizacijomis, pavyzdžiui, tiekėjais, gamintojais, kiekybiniais žemės ūkio tyrėjais ir architektais.</t>
   </si>
   <si>
     <t>Stonemason</t>
   </si>
   <si>
     <t>Akmentašys</t>
   </si>
   <si>
     <t>* Selecting suitable stone blocks that are required to implement the contract.
 * Cutting stone blocks to the required dimensions.
 * Engraving and polishing stone plates.
 * Hewing, sandblasting, gilding and silvering letters.
 * Mounting and fixing tombstones in cemeteries.</t>
   </si>
   <si>
     <t>* Bendrų bei tinkamų akmens blokų, reikalingų sutarties vykdymui, parinkimas.
 * Akmens blokų pjovimas iki reikiamų matmenų.
 * Akmens plokštelių graviūra ir poliravimas.
 * Raidžių skaldymas, smėlinimas, auksavimas ir sidabrinimas.
 * Antkapinių paminklų montavimas ir tvirtinimas kapinėse.</t>
   </si>
   <si>
     <t>Structural Engineer</t>
   </si>
   <si>
@@ -3162,58 +3226,58 @@
 * Completing monthly, quarterly, and annual closings.
 * Completing tax declarations.
 * Preparing statements for the Statistical Office of the Slovak Republic.
 * Communicating with auditors, tax authorities, and other institutions.</t>
   </si>
   <si>
     <t>* Vykdyti įmonės paprastąją ir/arba dvigubą apskaitą.
 * Užtikrinti visų išduotų sąskaitų laiku ir tinkamai įrašytą apskaitą.
 * Tinkamai vesti visus patikėtus apskaitos dokumentus.
 * Atlikti mėnesinius, ketvirtojo ketvirčio ir metinius uždarymus.
 * Pildyti mokesčių deklaracijas.
 * Ruošti pareiškimus Slovakijos Respublikos Statistikos tarnybai.
 * Bendrauti su auditoriais, mokesčių institucijomis ir kitomis įstaigomis.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Auditoriaus asistentas</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
-[...2 lines deleted...]
-    <t>* Atlikimas ekonominių veiklų (išskyrus parodymų apie teikiamų audito paslaugų rezultatų rašytinio pranešimo pasirašymą) sertifikuoto auditoriaus vadovavimu.
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+  </si>
+  <si>
+    <t>* Ekonominės veiklos vykdymas (išskyrus rašytinės ataskaitos apie suteiktų audito paslaugų rezultatus pasirašymą) vadovaujant sertifikuotam auditoriui.
 * Klientų finansinių ataskaitų tikrinimas.
 * Audito dokumentacijos valdymas.
-* Auditoriaus padėjėjo darbo ir laiko žurnalo valdymas.
-* Bendradarbiavimo suteikimas Slovakijos auditorių rūmams atliekant kokybės auditą, susijusį su audito paslaugų teikimu.</t>
+* Auditoriaus asistento darbo knygelės tvarkymas.
+* Bendradarbiavimas su Auditorių rūmais atliekant paslaugų kokybės patikrinimą.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Mokesčių konsultanto asistentas</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Ekonominių veiklų vykdymas sertifikuoto mokesčių konsultanto vadovaujant.
 * Mokesčių nuomonės rengimas slovėnų ir/ar užsienio kalba.
 * Fizinio ir juridinio asmens pajamų mokesčio skaičiavimas.
 * Deklaracijų pajamų mokesčiui, PVM, turto mokesčiui, transporto priemonių mokesčiui ir akcizo mokesčiui rengimas fizinio ir juridinio asmens vardu.
 * Mokesčio mokėtojų registravimas atitinkančiose mokesčių institucijose.
 * Bendravimas su bendrovės klientais ir mokesčių administracijos atstovais.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -4704,50 +4768,74 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>ABAP programuotojas</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Kuriant sudėtingas kompiuterio programas ir/arba atskirus modulius ABAP programavimo kalba.
 * Analizuojant kliento poreikius ir vertinant galimus rizikos veiksnius bei susijusias technines problemas.
 * Dalyvaujant techninės specifikacijos kūrime.
 * Perduodant baigtą darbą klientams/testuotojams testavimo tikslais.
 * Nustatant ir koreguojant funkcinius ir saugos klaidas šaltinio kode.
 * Perduodant užbaigtas programines aplikacijas klientams, projekto valdytojams ir kt.
 * Teikiant techninę paramą klientams.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Agile coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Agilumo principų diegimas komandose ir organizacijoje.
+Scrum Masterių, Product Ownerių ir kūrimo komandų koučavimas.
+Retrospektyvų, dirbtuvių ir agilinių ceremonijų fasilitavimas.
+Komandos brandos vertinimas ir tobulinimo pasiūlymų teikimas.
+Kliūčių, trukdančių agiliniam darbui, šalinimas.
+Komandų mokymas pagal agilius karkasus (Scrum, Kanban, SAFe).
+Nuolatinio tobulėjimo kultūros palaikymas.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Dirbtinio intelekto inžinierius</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Dirbtinio intelekto ir mašininio mokymosi modelių kūrimas, vystymas ir diegimas.
 * Duomenų apdorojimas ir analizė, įskaitant duomenų rinkinių paruošimą, valymą ir anotaciją.
 * Algoritmų kūrimas prognozavimui, klasifikavimui, vaizdo/kalbos atpažinimui arba natūralios kalbos apdorojimui (NLP).
 * AI sprendimų integravimas į esamus produktus, sistemas ar debesijos infrastruktūrą.
 * Modelių optimizavimas pagal našumą, tikslumą ir skaičiavimo išteklių poreikius.
 * Bendradarbiavimas su duomenų analitikais, programinės įrangos kūrėjais ir verslo komandomis nustatant reikalavimus ir tikslus.
 * AI/ML tendencijų ir naujovių stebėjimas ir jų taikymas praktikoje.
 * Procedūrų, sprendimų ir eksperimentų rezultatų dokumentavimas.</t>
   </si>
@@ -5536,50 +5624,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Objective-C“ programuotojas</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Kuriant mobiliąsias programas, skirtas iOS platformai ir įrenginiams su iOS operacinė sistema (iPhone, iPad ir pan.).
 * Analizuojant klientų poreikius ir vertinant galimus rizikos faktorius ir susijusius techninius klausimus.
 * Dalyvaujant techninių specifikacijų kūrime.
 * Perduodant atliktus darbus klientams/testuotojams testavimo poreikiams.
 * Nustatant ir koreguojant funkcinius ir saugumo klaidas programinio kodo šaltinyje.
 * Perduodant atliktas programines aplikacijas klientams, projektu valdytojams ir pan.
 * Teikiant techninę paramą klientams.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Internetinio kazino technikas</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Internetinių žaidimų sistemų administravimas ir stebėjimas.
+Incidentų, susijusių su žaidimų programine įranga, sprendimas.
+Atnaujinimų ir žaidimų konfigūracijų diegimas.
+Žaidimų modulių funkcionalumo testavimas.
+Bendravimas su kūrėjais ir žaidimų tiekėjais.
+Veiklos stabilumo ir našumo užtikrinimas.
+Techninių veiksmų dokumentavimas.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>Oracle programuotojas</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Kuriama kompiuterines programas ir jas jungiana su Oracle duomenų bazės sistema.
 * Analizuojami klientų reikalavimai ir vertinamos galimos rizikos bei susijusios techninės problemos.
 * Dalyvaujama techninių specifikacijų kūrime.
 * Įgyvendinta darba perduodama klientams/testeriai testavimo tikslais.
 * Nustatomos ir taisomos funkcijų ir saugumo klaidos šaltinių koduose.
 * Baigtas programinės įrangos taikomąsias programas perduodama klientams, projektu vadovams ir pan.
 * Teikiama techninė parama klientams.</t>
   </si>
   <si>
     <t>Perl Programmer</t>
@@ -5686,80 +5798,128 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Plėtoti ir palaikyti statistinę programinę įrangą ir įrankius naudojant R programavimo kalbą.
 * Analizuoti sudėtingus duomenų rinkinius, kad būtų galima išgauti prasmingus įžvalgus ir priimti duomenimis pagrįstus sprendimus.
 * Bendradarbiauti su tarpfunkcinėmis komandomis, kad būtų galima suprasti duomenų poreikius ir teikti veiksmingus sprendimus.
 * Kurti duomenų vizualizacijas ir ataskaitas, kad būtų galima efektyviai pranešti rezultatus akcininkams.
 * Rašyti švarų, efektyvų ir gerai dokumentuotą kodą, kad būtų galima užtikrinti projektų palaikymą ir masto galimybę.
 * Atlikti duomenų valymą ir apdorojimą, kad būtų galima užtikrinti duomenų kokybę ir patikimumą.
 * Dalyvauti kodo peržiūrose ir prisidėti prie geriausių praktikų programinės įrangos kūrime.
 * Dienomis būti informuotam apie naujausius R programavimo ir duomenų mokslo metodikų pažangimus.
 * Šalinti klaidas ir derinimo esamų R programų, kad pagerinti funkcionalumą ir našumą.
 * Teikti mokymą ir paramą komandos nariams ir akcininkams apie R įrankius ir technikas.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>RPA inžinierius</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Procesų automatizavimas naudojant RPA įrankius (UiPath, BluePrism, Automation Anywhere).
+Procesų srautų modeliavimas ir žingsnių, tinkamų automatizacijai, analizė.
+Robotinių scenarijų kūrimas, testavimas ir diegimas.
+RPA robotų veikimo užtikrinimas gamybinėje aplinkoje.
+Esamų automatizacijų optimizavimas ir incidentų sprendimas.
+Sprendimų ir procesų dokumentavimas.
+Bendradarbiavimas su procesų analitikais, IT ir verslo padaliniais.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby Developer / Programmer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Bendradarbiaujant su tarpfunkcinėmis komandomis apibrėžti, kurti ir pristatyti naujas funkcijas Ruby programose.
 * Rašant švarų, priežiūriną ir veiksmingą kodą, laikantis geriausių praktikų ir programavimo standartų.
 * Šalinant klaidas ir sprendžiant problemanas esamose programose, siekiant optimalaus našumo ir vartotojo patirties.
 * Dalyvaujant kodu peržiūrose, teikiant konstruktyvius atsiliepimus ir gerinant komandos produktyvumą.
 * Sekant naujausias technologijas ir pramonės tendencijas, siekiant pagerinti kūrimo procesus.
 * Kuriant ir priežiūrint dokumentaciją kodu, procesams ir programoms.
 * Integravus vartotojų sąsajos elementus su serverio logika, kad būtų sukurtos sklandžios programos.
 * Užtikrinant programų saugumą ir mastelio didinimą, atliekant griežtus testus ir optimizaciją.
 * Prisidedant prie nuolatinio programavimo proceso ir komandos bendradarbiavimo tobulinimo.
 * Vadovaujant jaunesniems programuotojams ir dalintis žiniomis, kad būtų skatinama mokymosi kultūra komandoje.</t>
   </si>
   <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>SAP konsultantas</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Verslo procesų analizė ir sprendimų kūrimas SAP moduliuose.
+SAP sistemos konfigūravimas pagal kliento reikalavimus.
+Testavimas, dokumentavimas ir diegimo palaikymas.
+Vartotojų mokymas ir profesionalios pagalbos teikimas.
+Bendradarbiavimas duomenų migracijos ir integracijų projektuose.
+Incidentų sprendimas ir SAP nustatymų optimizavimas.
+SAP architektūros ir procesų vystymo palaikymas.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>SAP specialistas</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Teikti tinkamą vartotojo palaikymą, gauti ir išspręsti pranešimus apie klaidas ir problemas.
 * Stebėkite sistemą ir imkitės priemonių, kad veikimas būtų be problemų.
 * Tvarkykite priskirtus modulius pagal sutartus vidinius standartus.
 * Bendraukite su kitais departamentais, kad suteiktumėte tinkamą paramą SAP vartotojams.
 * Prisidėti kuriant veiklos metodikas ir plėtros planus.
 * Perimti naujas naujoves, taip pat profesionalų nebetinkamų informacinių sistemų eksploatavimą.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
@@ -5815,50 +5975,108 @@
 * Kompiuterio virusų, šnipinėjimo programų, šiukšlių el. laiškų ir kitų žalingų programų pašalinimas.
 * Antivirusinės programinės įrangos, šnipinėjimo programų šalinimo ir saugumo atnaujinimų atnaujinimas.
 * Bendravimas su klientais, ekspertinio patarimo ir konsultacijų teikimas.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Programinės įrangos inžinierius</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Naudojant kompiuterijos ir matematikos žinias programuojant, kuriant ir išbandant programinę įrangą.
 * Analizuojant klientų poreikius ir siūlant techninius sprendimus.
 * Kuriant ir tvarkant techninė dokumentaciją.
 * Kuriant programinę įrangą pagal klientų poreikius.
 * Išbandant programinę įrangą ir taisant klaidas.
 * Teikiant techninę paramą klientams.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution architektas</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Verslo reikalavimų analizė ir jų vertimas į techninius sprendimų projektus.
+Sistemų architektūros, integracijų, duomenų srautų ir techninių komponentų kūrimas.
+Architektūrinės dokumentacijos, modelių ir diagramų rengimas.
+Technologijų pasirinkimas ir techninių standartų bei gerųjų praktikų nustatymas.
+Bendradarbiavimas su programuotojais, testuotojais, verslo analitikais ir infrastruktūros komanda įgyvendinimo metu.
+Sprendimų derinimas su suinteresuotosiomis šalimis ir architektūros pristatymas techninei ir netechninei auditorijai.
+Sprendimo įgyvendinimo priežiūra ir techninių peržiūrų vykdymas.
+Saugumo, našumo, skaičiuojamumo ir prieinamumo klausimų sprendimas.
+Integracijos sąsajų (API) ir sistemų sujungimo logikos kūrimas.
+Sprendimo atitikties užtikrinimas įmonės architektūrai ir IT strategijai.
+Kelrodžio planavimo ir pastangų vertinimo palaikymas.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – Sistemos patikimumo inžinierius</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Sistemų prieinamumo ir našumo stebėsena.
+Incident response – nesklandumų sprendimas ir greitas paslaugų atkūrimas.
+Operacinių užduočių ir diegimo procesų automatizavimas.
+Talpos planavimas ir infrastruktūros mastelio keitimas.
+Monitoringo, įspėjimų ir metrikų kūrimas bei priežiūra.
+Bendradarbiavimas su kūrėjais siekiant pagerinti programų patikimumą.
+Po incidentų atliekamos analizės ir prevencinių priemonių taikymas.
+Sistemų saugumo ir standartų laikymosi užtikrinimas.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>Sistemų administratorius</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Kompiuterių serverių ir darbo stotelių įdiegimas ir administravimas.
 * Licencijuoto programinio įrangos diegimas, perdiegimas ir atnaujinimas; pirkto licencijų apskaita.
 * Reguliarūs sistemos ir programinio įrangos auditai.
 * Sistemos žurnalų analizavimas ir galimų pažeidimų identifikavimas.
 * Sistemos veikimo ir našumo optimizavimas.
@@ -6565,80 +6783,50 @@
 * Perkeliant piešinius iš popieriaus į elektroninę formą naudojant skenerį.
 * Nustatant galutinį piešinių stilių ir spalvas grafinėje programoje.
 * Eksportuojant grafinius dizainus į pageidaujamą formatą.</t>
   </si>
   <si>
     <t>Managing Editor</t>
   </si>
   <si>
     <t>Vyr. redaktorius</t>
   </si>
   <si>
     <t>* Responsibility for the content of the entrusted periodical.
 * Coordinating the activities of editors in the publishing house.
 * Editing articles.
 * Creating the appearance of the pages in the periodical.
 * Writing editorials.</t>
   </si>
   <si>
     <t>* Atsakomybė už patikėto laikraščio ar žurnalo turinį.
 * Redaktorių veiklos koordinavimas leidykloje.
 * Straipsnių redagavimas.
 * Puslapių išvaizdos kūrimas periodiniame leidinyje.
 * Redakcinės publikacijos rašymas.</t>
   </si>
   <si>
-    <t>Organizer</t>
-[...28 lines deleted...]
-  <si>
     <t>Photo Editor</t>
   </si>
   <si>
     <t>Nuotraukų redaktorius</t>
   </si>
   <si>
     <t>* Searching for photographs, illustrations, and flash animations in online databases.
 * Assigning tasks to photographers.
 * Selecting suitable photographs and illustrations for the covers of periodicals, articles, websites, etc.
 * Archiving purchased photographs.
 * Communicating with editors and the issue manager, etc.</t>
   </si>
   <si>
     <t>* Ieškoti fotografijų, iliustracijų ir flash animacijų interneto duomenų bazėse.
 * Priskirti užduotis fotografams.
 * Pasirinkti tinkamas fotografijas ir iliustracijas leidinių viršeliams, straipsniams, svetainėms ir pan.
 * Archyvuoti įsigytas fotografijas.
 * Bendrauti su redaktoriais ir laidos vadovu ir pan.</t>
   </si>
   <si>
     <t>Prepress Operator</t>
   </si>
   <si>
     <t>Spaudos paruošimo operatorius</t>
   </si>
@@ -6811,54 +6999,54 @@
 * Conducting regular maintenance and troubleshooting of audio equipment.
 * Ensuring compliance with safety standards and regulations in audio production.
 * Recording sound effects, voiceovers, and music for various media projects.
 * Monitoring audio levels during recordings and live performances to ensure optimal sound.
 * Creating and maintaining audio archives for future reference and use.
 * Staying updated with the latest audio technology and techniques to enhance production quality.
 * Assisting in the planning and execution of sound design for multimedia projects.
 * Providing technical support and guidance to other team members during productions.
 * Managing audio budgets and resources effectively to optimize production costs.</t>
   </si>
   <si>
     <t>* Audio įrangos įrengimas ir valdymas gyvų renginių, įrašų ir transliacijų metu.
 * Bendradarbiavimas su prodiuseriais, režisieriais ir kitais komandos nariais, siekiant pasiekti pageidaujamą garso kokybę.
 * Garso takelių sumaišymas ir redagavimas, siekiant užtikrinti aiškumą ir pusiausvyrą.
 * Reguliari audio įrangos techninė priežiūra ir gedimų šalinimas.
 * Saugumo standartų ir taisyklių laikymasis garso gamyboje.
 * Garso efektų, balsų ir muzikos įrašymas įvairiems žiniasklaidos projektams.
 * Garso lygių stebėjimas įrašų ir gyvų pasirodymų metu, siekiant užtikrinti optimalų garsą.
 * Audio archyvų kūrimas ir priežiūra būsimam naudojimui.
 * Naujausių garso technologijų ir technikų žinios atnaujinimas, kad būtų galima pagerinti gamybos kokybę.
 * Dėl garso dizaino planavimo ir vykdymo multimedia projektuose.
 * Kitų komandos narių techninė parama ir vadovavimas gamybos metu.
 * Audio biudžeto ir išteklių veiksmingas valdymas, kad būtų galima optimizuoti gamybos sąnaudas.</t>
   </si>
   <si>
-    <t>TV Presenter</t>
-[...2 lines deleted...]
-    <t>TV laidų vedėjas</t>
+    <t>TV Host and Announcer</t>
+  </si>
+  <si>
+    <t>Televizijos laidų vedėjas ir diktorius</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
     <t>* Pristatymas ir skelbimas įvairių segmentų elektroninėje žiniasklaidoje, įskaitant radijo ir televizijos programas.
 * Kasdienių programų pristatymas, įskaitant laidus, muzikinius pasirodymus ir svečių pasirodymus.
 * Naujienų straipsnių ir kitų tekstų skaitymas tariamo formatu, užtikrinant aiškią ir įtraukiančią pristatymą.
 * Pokalbių vedimas su svečiais ir ekspertais, siekiant pateikti įžvalgius komentarus ir diskusijas.
 * Bendravimas su auditorija per interaktyvius segmentus ir socialinių žiniasklaidos platformas.
 * Bendradarbiavimas su prodiuserių komandomis, kad parengti turinį ir pagerinti programų kokybę.
 * Ruoštis transliacijoms, tyrinėjant temas ir renkant aktualią informaciją.
 * Profesinio pobūdžio reklaminės žinutės ir skelbimai.
 * Prisitaikymas prie tiesioginių transliacijų situacijų su ramybe ir profesionalumu.
 * Žurnalistinės sąžinės ir tikslumo standartų laikymasis visose komunikacijose.</t>
   </si>
@@ -7206,50 +7394,74 @@
 * Atsakomybė už reklamos kampanijų prasmę ir kūrybinę komunikaciją.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Transporto priemonių remonto dirbtuvių vadovas</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Planavimas priėmimo ir organizavimo proceso taisymo atžvilgiu iki efektyvaus darbuotojų, gamybos priemonių ir medžiagos panaudojimo.
 * Vadovavimas, koordinavimas ir darbuotojų motyvavimas.
 * Užduočių priskyrimas darbuotojams ir jų vykdymo stebėjimas.
 * Darbo laiko ir darbuotojų našumo fiksavimas bei vertinimas.
 * Pagalba diagnozuojant sudėtingus defektus ir nustatant remonto procedūras.
 * Reklamacijų ir skundų iš klientų tvarkymas.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Lažybų produktų vadovas</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Sporto ir koeficientinių lažybų produktų portfelio valdymas.
+Bendradarbiavimas su tradingo, rizikos valdymo ir rinkodaros komandomis.
+Pasiūlos optimizavimas ir rinkos rezultatų stebėjimas.
+Reklaminių kampanijų ir žaidėjų aktyvacijos veiklų kūrimas.
+Atitikties teisės aktams užtikrinimas.
+Produktų inovacijų siūlymas.
+Konkurentų ir rinkos tendencijų stebėsena.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Prekės ženklo vadovas</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Atsakingumas už priskirtų prekės ženklų valdymą.
 * Rinkos, vartotojų prioritetų ir konkurentų veiklos stebėjimas.
 * Prekės ženklo rinkodaros strategijos kūrimas ir įgyvendinimas.
 * Rinkodaros biudžeto planavimas, jo išlaidų kontrolė ir atsakingumas už jo veiksmingą panaudojimą.
 * Prekės ženklo pozicijos rinkoje kūrimas pagal rinkodaros strategiją.
 * Reklamos kampanijų valdymas ir prižiūrėjimas.
 * Bendravimas su partneriais ir išorės tiekėjais.
 * Bendradarbiavimas su kitomis įmonės skyriais.</t>
   </si>
@@ -7430,50 +7642,98 @@
 * Communicating with tenants, public authorities and institutions.
 * Responding to emergencies and crisis situations.
 * Performing regular inspection of entrusted property.</t>
   </si>
   <si>
     <t>* Atsakomybė už pastatų, žemės, įrengimų ir susijusių prietaisų veikimą, priežiūrą ir valdymą.
 * Užbaigimas konkursų, potencialių tiekėjų paieška.
 * Susitikimai su tiekėjais, sutarčių sąlygų derybos.
 * Bendravimas su nuomininkais, valstybinėmis institucijomis ir įstaigomis.
 * Reagavimas į skubias ir krizės situacijas.
 * Patikėto turto reguliarių patikrinimų atlikimas.</t>
   </si>
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Finansų vadovas</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees. * Ensuring strategic financial planning. * Preparing and processing of financial statements of the company. * Analysing the financial situation of the company. * Planning, managing, and monitoring of cash flow. * Communicating with financial institutions and external partners of the company. * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t>* Pavaldžių darbuotojų valdymas, koordinavimas, motyvavimas ir vertinimas. * Strateginio finansinio planavimo užtikrinimas. * Bendrovės finansinių ataskaitų rengimas ir tvarkymas. * Bendrovės finansinės padėties analizavimas. * Grynųjų pinigų srautų planavimas, valdymas ir stebėsena. * Bendravimas su finansų institucijomis ir bendrovės išoriniais partneriais. * Vadovybės narių informavimas apie rezultatus.</t>
   </si>
   <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Lošimo salės vadovas</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Lošimų salės veiklos valdymas ir personalo priežiūra.
+Taisyklių ir teisės aktų laikymosi kontrolė.
+Klientų pasitenkinimo užtikrinimas.
+Lošimo įrenginių veikimo optimizavimas.
+Incidentų ir rizikos situacijų sprendimas.
+Pamainų ir mokymų organizavimas.
+Finansinės ir saugumo priežiūros užtikrinimas.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Lošimo įrenginių vadovas</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Lošimo automatų ir techninės įrangos veiklos valdymas.
+Automatų išdėstymo, našumo ir rotacijos planavimas.
+Bendravimas su technikais, tiekėjais ir lošimų vietomis.
+Pajamų ir įrenginių rezultatų stebėsena.
+Teisinių reikalavimų laikymosi užtikrinimas.
+Priežiūros ir techninių darbų kontrolė.
+Žaidimų pasiūlos optimizavimas.</t>
+  </si>
+  <si>
     <t>Head of Broadcasting</t>
   </si>
   <si>
     <t>Transliacijų vadovas</t>
   </si>
   <si>
     <t>* Overseeing the planning, execution, and delivery of broadcast programming across various platforms.
 * Developing and implementing strategic initiatives to enhance audience engagement and viewership.
 * Collaborating with content creators, producers, and technical teams to ensure high-quality broadcasts.
 * Managing budgets, resources, and schedules to optimize operational efficiency.
 * Analyzing audience data and feedback to refine programming and improve viewer satisfaction.
 * Ensuring compliance with broadcasting regulations and industry standards.
 * Leading a team of broadcasting professionals, providing guidance, training, and performance evaluations.
 * Establishing and maintaining relationships with external partners, including advertisers and content distributors.
 * Staying updated on industry trends and emerging technologies to innovate broadcast practices.
 * Representing the broadcasting division in meetings and public events, promoting the organization's mission and vision.</t>
   </si>
   <si>
     <t>* Prižiūrimas transliacijų programų planavimas, vykdymas ir pristatymas įvairiose platformose.
 * Strateginių iniciatyvų, skirtų pagerinti žiūrovų įsitraukimą ir žiūrimumą, kūrimas ir įgyvendinimas.
 * Bendradarbiavimas su turinio kūrėjais, prodiuseriais ir techninėmis komandomis, siekiant užtikrinti aukštos kokybės transliacijas.
 * Biudžeto, išteklių ir grafikų valdymas, siekiant optimizuoti operacinį efektyvumą.
 * Žiūrovų duomenų ir grįžtamojo ryšio analizė, siekiant tobulinti programas ir pagerinti žiūrovų pasitenkinimą.
 * Užtikrinimas, kad transliacijos atitiktų transliavimo reglamentus ir pramonės standartus.
 * Vadovavimas transliacijų profesionalų komandai, teikimas vadovo nurodymų, mokymų ir darbo pasiekimų vertinimas.
@@ -7547,50 +7807,56 @@
 * Manage the product development budget, making informed decisions to optimize resource allocation and maximize return on investment.
 * Establish and track key performance indicators (KPIs) related to product development, using data-driven insights to continuously improve processes and outcomes.</t>
   </si>
   <si>
     <t>* Apibrėžia ir valdo produktų kūrimo strategiją, atitinkančią bendrus įmonės tikslus ir rinkos tendencijas.
 * Vadovauja ir konsultuoja įvairią produktų vadybininkų, dizainerių, inžinierių ir kitų specialistų komandą, kad būtų užtikrintas bendradarbiavimas, kūrybiškumas ir efektyvus projekto vykdymas.
 * Skatina naujovių kultūrą, skatinant kurti naujas produktų idėjas, funkcijas ir patobulinimus remiantis klientų atsiliepimais ir pramonės įžvalgomis.
 * Kuria ir prižiūri išsamų produkto planą, kuriame nurodomi pagrindiniai etapai, terminai ir išteklių paskirstymas visam produkto kūrimo gyvavimo ciklui.
 * Glaudžiai bendradarbiauja su rinkodaros, pardavimų, operacijų ir kitais departamentais, siekdamas gauti įžvalgų, suderinti strategijas ir užtikrinti sėkmingą produktų pristatymą.
 * Prižiūri kokybės kontrolės procesą, užtikrina, kad produktai atitiktų arba viršytų klientų lūkesčius ir atitiktų taikomus kokybės standartus.
 * Identifikuoja galimas rizikas ir iššūkius kuriant produktą.
 * Tvarko produktų kūrimo biudžetą, priimdamas pagrįstus sprendimus optimizuodamas išteklių paskirstymą ir maksimaliai padidindamas investicijų grąžą.
 * Nustato ir seka pagrindinius našumo rodiklius (KPI), susijusius su produktų kūrimu, naudodamiesi duomenimis pagrįstomis įžvalgomis, kad nuolat gerintų procesus ir rezultatus.</t>
   </si>
   <si>
     <t>Head of the Legal Department</t>
   </si>
   <si>
     <t>Teisės skyriaus vadovas</t>
   </si>
   <si>
     <t>* Managing, leading, motivating and evaluating subordinate staff. * Providing legal support, analyses and consulting to the company management. * Drafting, commenting and editing contracts. * Monitoring legislative changes at the national and European levels. * Cooperating with state authorities. * Representing the company in litigation and administrative proceedings.</t>
   </si>
   <si>
     <t>* Pavaldinių valdymas, vadovavimas, motyvavimas ir vertinimas. * Teisinės pagalbos, analizių ir konsultacijų teikimas bendrovės vadovybei. * Sutarčių projektų rengimas, pastabų teikimas ir redagavimas. * Teisės aktų pokyčių stebėsena nacionaliniu ir Europos lygmeniu. * Bendradarbiavimas su valstybinėmis institucijomis. * Atstovavimas bendrovei bylinėjimosi ir administraciniuose procesiniuose veiksmuose.</t>
+  </si>
+  <si>
+    <t>Head of Vehicle Technical Inspection</t>
+  </si>
+  <si>
+    <t>Transporto priemonių techninės apžiūros skyriaus v</t>
   </si>
   <si>
     <t>Hotel manager</t>
   </si>
   <si>
     <t>Viešbučio vadovas</t>
   </si>
   <si>
     <t>* Managing a hotel, a group of hotels
 * Overseeing all departments, plants and resorts
 * Responsibility for preparation and execution of the business plan, the investment and financial plan of the hotel
 * Responsibility for the readiness of the hotel to provide services
 * Responsibility for securing sufficient number of qualified employees
 * Participation in the choice of and approving new employees, making decisions about termination of employment
 * Overseeing the operation of the hotel, checking daily reports and monthly statements of operation
 * Securing PR of the hotel
 * Overseeing satisfaction of the guests and the quality of provided services
 * Taking part in exhibitions, meetings, workshops.
 * Cooperating in creating business strategies and putting them into practice</t>
   </si>
   <si>
     <t>* Vadybinė veikla viešbučiuje ar viešbučių grupėje
 * Visų departamentų, įmonių ir poilsiaviečių priežiūra
 * Atsakomybė už verslo plano, investicijų ir finansinio plano rengimą ir įgyvendinimą viešbučiuje
 * Atsakomybė už viešbučio paslaugų teikimo pasiruošimą
@@ -7681,50 +7947,74 @@
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Rinkodaros vadovas</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t>* Trumpalaikės ir ilgalaikės rinkodaros strategijos kūrimas.
 * Prekės ženklo pripažinimo ir pozicijos rinkoje stiprinimas.
 * Rinkos analizė, tendencijų ir konkurentų veiklos stebėjimas.
 * Rinkodaros biudžeto pasiūlymas, lėšų paskirstymo sprendimas ir jų naudojimo priežiūra.
 * Rinkodaros kampanijų ir palaikančių veiklų rengimas bei koordinavimas.
 * Rinkodaros kampanijų ir palaikančių veiklų veiksmingumo stebėjimas.
 * Rinkodaros kampanijų ir palaikančių veiklų sėkmės vertinimas.
 * Vadovavimas, motyvavimas ir užduočių skyrimas pavaldiniams darbuotojams.</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Internetinio kazino vadovas</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Internetinio kazino veiklos ir produktų rezultatų valdymas.
+Komandų koordinavimas (support, rizika, marketingas, technika).
+Žaidėjų pasiūlos ir reklamos kampanijų optimizavimas.
+KPI, žaidimų rezultatų ir žaidėjų elgsenos stebėsena.
+Rizikos situacijų ir atitikties reikalavimų sprendimas.
+Saugumo, AML ir atsakingo lošimo priežiūra.
+Produktų ir naudotojo patirties tobulinimo siūlymai.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Pašto viršininkas</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Pašto skyriaus veiklos valdymas, prižiūrėjimas ir organizavimas.
 * Operacinės medžiagos, formų ir prekių sandėlyje atsargų lygio stebėjimas, medžiagos užsakymas ir jos paskirstymas darbuotojams.
 * Problematikos, gedimų ir trūkumų sprendimas ir pašalinimas.
 * Administracinių užduočių atlikimas, susijęs su pašto skyriaus vadovo pareigomis.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Procesų vadybininkas</t>
   </si>
@@ -7891,50 +8181,74 @@
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Prižiūri restorano kasdienines operacijas, siekdamas aukšto aptarnavimo lygio ir klientų pasitenkinimo.
 * Valdo personalo įdarbinimo, mokymo ir veiklos vertinimo procesus, kurdamas kompetentingą komandą.
 * Kuria ir įgyvendina veiksmingas rinkodaros strategijas restorano reklamai ir klientų dalyvavimo didinimui.
 * Stebi finansinę veiklą, įskaitant biudžeto sudarymą, prognozavimą ir sąnaudų kontrolę, siekdamas maksimizuoti pelningumą.
 * Užtikrina saugos ir higienos normų laikymąsi, taip pat teritorijos švaros ir higienos standartų palaikymą.
 * Bendradarbiauja su virtuvės personalu meniu kūrimo ir atnaujinimo klausimais, atsižvelgdamas į klientų pageidavimus ir sezonišką prekių pasiekiamumą.
 * Tvarko klientų užklausas, skundus ir atsiliepimus, siekdamas pagerinti maisto patirtį ir ugdyti lojalumą.
 * Palaiko ryšius su tiekėjais ir dostintojais, siekdamas laiku pristatyti aukštos kokybės produktus.
 * Analizuoja rinkos tendencijas ir konkurentų veiklą, siekdamas identifikuoti augimo ir tobulinimo galimybes.
 * Planuoja ir organizuoja specialius renginius ir akcijas, siekdamas pritraukti naujus klientus ir išlaikyti esamus.</t>
   </si>
   <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Mažmeninių lažybų skyrių vadovas</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Fizinių lažybų punktų tinklo valdymas.
+Atsakomybė už rezultatus, pajamas ir operatyvinę veiklą.
+Darbuotojų grafikų ir mokymų organizavimas.
+Teisės aktų ir vidinių taisyklių laikymosi kontrolė.
+Skundų ir klientų situacijų sprendimas.
+Procesų ir sąnaudų optimizavimas.
+Bendradarbiavimas su centrine būstine ir rinkodara.</t>
+  </si>
+  <si>
     <t>Returns Department Manager</t>
   </si>
   <si>
     <t>Grąžinimų skyriaus vadovas</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
     <t>* Vadovavimas ir darbuotojų valdymas skundų departamente.
 * Sudėtingų klientų skundų nagrinėjimas, siekiant juos patenkinti.
 * Dokumentų rengimas tam tikroms bandymams suderinti ir teisėtiems ginčams su klientais ar tiekėjais.
 * Sudėtingų skundų priežasčių analizė.
 * Tinkamų priemonių pasiūlymas skundams išvengti.</t>
   </si>
   <si>
     <t>Risk Manager</t>
   </si>
   <si>
     <t>Rizikos vertinimo vadovas</t>
   </si>
@@ -8374,60 +8688,50 @@
   <si>
     <t>* Identifying the target group of the advertising campaign.
 * Analyzing communication channels, their focus on the target groups, frequency and cost.
 * Choosing the best communication channel or their combination
 * Optimizing the advertising campaign from the point of view of cost and their focus on the target group.
 * Preparing suggestions for clients to approve.</t>
   </si>
   <si>
     <t>* Reklamos kampanijos taikinio grupės nustatymas.
 * Komunikacijos kanalų analizė, jų orientacija į taikinio grupes, dažnumas ir kaina.
 * Geriausio komunikacijos kanalo arba jų kombinacijos pasirinkimas.
 * Reklamos kampanijos optimizavimas iš kainos ir jos orientacijos į taikinio grupę požiūrio.
 * Paslaugų teikimo pasiūlymų klientams patvirtinimui parengimas.</t>
   </si>
   <si>
     <t>PR Manager</t>
   </si>
   <si>
     <t>Viešųjų ryšių vadybininkas</t>
   </si>
   <si>
     <t>* Responsibility for the internal and external communications of the company, maintaining good relations with media representatives and general public. * Drawing up and implementing the communication strategy of the company. * Preparing promotional articles, press releases, speeches and official responses to the questions posed by media representatives. * Monitoring the materials published in mass media, completing the media analyses. * Communicating with the representatives of the media, organising press conferences and similar media events. * Building and updating a database of contacts for media representatives. * Preparing proposals for sponsorship activities. * Coordinating the activities of subordinate employees.</t>
   </si>
   <si>
     <t>* Atsakomybė už bendrovės vidinę ir išorinę komunikaciją palaikant gerus santykius su žiniasklaidos atstovais ir visuomene. * Bendrovės komunikacijos strategijos rengimas ir vykdymas. * Reklaminių straipsnių, pranešimų spaudai, kalbų ir oficialių atsakymų į žiniasklaidos atstovų pateiktus klausimus rengimas. * Medžiagos, paskelbtos žiniasklaidos priemonėse, stebėsena, žiniasklaidos analizavimas. * Bendravimas su žiniasklaidos atstovais, spaudos konferencijų ir panašių žiniasklaidos renginių organizavimas. * Žiniasklaidos atstovų kontaktinių asmenų duomenų bazės kūrimas ir atnaujinimas. * Pasiūlymų dėl rėmimo veiklos rengimas. * Pavaldžių darbuotojų veiklos koordinavimas.</t>
-  </si>
-[...8 lines deleted...]
-* Atstovaujant įmonei susitikimuose su verslo partneriais ir kitomis subjektomis.</t>
   </si>
   <si>
     <t>SEO analyst</t>
   </si>
   <si>
     <t>SEO analitikas</t>
   </si>
   <si>
     <t>* Execute search keyword discovery and expansion.
 * Perform SEO page audits.
 * Perform external back link analysis and provide recommendations.
 * Perform internal link optimization.
 * Perform SEO technical analysis and evaluation.
 * Monitor, track, and report on SEO metrics, including trend analysis, and keyword performance
 * Perform site quality checks, including navigation, content currency and broken link analysis
 * Perform usability analysis</t>
   </si>
   <si>
     <t>* Atlikite paieškos raktažodžių atradimą ir plėtimą.
 * Atlikite SEO puslapių auditas.
 * Atlikite išorinio atgalinio nuorodos analize ir pateikite rekomendacijas.
 * Atlikite vidinio nuorodų optimizavimą.
 * Atlikite SEO techninę analizę ir vertinimą.
 * Stebėkite, sekite ir praneškite apie SEO metrikas, įskaitant tendencijų analizę ir raktažodžių efektyvumą.
 * Atlikite svetainės kokybės patikrinimus, įskaitant navigaciją, turinio aktualizavimą ir sugedusio nuorodos analizę.
@@ -8801,72 +9105,74 @@
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
     <t>* Inžinerinės gamybos mašinų, įrengimų ir įtaisų eksploatavimo užtikrinimas.
 * Gedu analizė, kad būtų nustatyta jų atsiradimo priežastis.
 * Mašinų, įrengimų ir įtaisų remontas, keičiant sugedusius komponentus naujais arba modifikuojant programinę įrangą.
 * Techninės dokumentacijos valdymas, tikrinimas ir atnaujinimas.
 * Inžinerinės gamybos procesų ir produktų techninės priežiūros užtikrinimas.</t>
   </si>
   <si>
     <t>* Kurti naujus ir tobulinti esamus technologinius procesus.
 * Prižiūrėti receptūrų ir technologinių procesų laikymąsi.
 * Valdyti priešprodukcijos procesą siekiant pašalinti galimus trūkumus.
 * Vertinti naujų produktų kokybę.
 * Siūlyti priemones gamybos procesams optimizuoti.
 * Analizuoti nuokrypius kartu su pamainų viršininkais.
 * Reikšti ir atnaujinti technologinę dokumentaciją ir/ar brėžinius.
 * Bendradarbiauti parengiant kainų skaičiavimus.</t>
   </si>
   <si>
-    <t>* Preparing surfaces for varnishing by cleaning, sanding, and priming as necessary.
-[...20 lines deleted...]
-* Naujų lakavimo technikų ir medžiagų mokymasis, kad būtų tobulinamos įgūdžiai ir pagerintos darbo kokybė.</t>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Suvirinimo technologas</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Suvirinimo technologinių procesų (WPS) rengimas.
+Suvirinimo parametrų nustatymas įvairioms medžiagoms.
+Siūlių kokybės tikrinimas ir procedūrų laikymosi užtikrinimas.
+Atsakomybė už suvirinimo procesų ir suvirintojų sertifikavimą.
+Naujų suvirinimo technologijų ir įrankių diegimas.
+Bendradarbiavimas su gamyba sprendžiant nuokrypius.
+Suvirinimo defektų analizė ir korekcinių veiksmų siūlymas.
+Dokumentacijos kontrolė ir audito veiklos.</t>
   </si>
   <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Medicina ir Socialinė rūpyba</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Greitosios pagalbos automobilio vairuotojas</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
@@ -9157,50 +9463,76 @@
   </si>
   <si>
     <t>* Klientų konsultavimas dėl akinių ir akinių nuo saulės, kontaktinių lęšių, rėmelių, lęšių ir t. t. pasirinkimo. * Akinių ir akinių nuo saulės, kontaktinių lęšių, rėmelių, lęšių, dėklų, akinių grandinėlių, valiklių ir t. t. pardavimas. * Regos tikrinimas, akispūdžio ir regėjimo aštrumo matavimas. * Pagal receptą parduodamų prietaisų reguliavimas. * Pažeistų pagal receptą parduodamų prietaisų remontas. * Rekomendacijų dėl specializuotų testų atlikimo teikimas.</t>
   </si>
   <si>
     <t>Doctor</t>
   </si>
   <si>
     <t>Gydytojas</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
     <t>* Diagnozavimas ūmių ir lėtinių ligų bendrosios medicinos ribose su vėlesne terapija ir rekomendacijomis terapijos ir diagnostikos procedūroms.
 * Glusi bendradarbiavimas su kitais specialistų gydytojais.
 * Rinkimas mėginių hematologijos ir biocheminiams tyrimams, tepinėlių užauginimams.
 * Įrašymas tyrimų rezultatų į paciento sveikatos kortelę, ambulatorinės priežiūros dokumentų vedimas kartu su slaugytojais.
 * Taškų skyrimas ir individualių sveikatos procedūrų įrašymas sutarties sveikatos draudikams.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Ginekologas</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Ginekologinių ligų diagnostika ir gydymas.
+Nėštumo priežiūra ir prenatalinė rūpyba.
+Profilaktiniai ginekologiniai tyrimai.
+Smulkių ginekologinių procedūrų atlikimas.
+Konsultacijos dėl kontracepcijos ir reprodukcinės sveikatos.
+Ultragarsinių ir laboratorinių tyrimų vertinimas.
+Pacienčių priežiūra po operacijų.
+Dokumentacijos tvarkymas ir papildomų tyrimų rekomendavimas.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
   </si>
   <si>
     <t>Vyriausiasis slaugytojas</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
     <t>* Dalyvauti planuojant personalo biudžeto ir įdarbinimo planus
 * Užtikrinti, kad slauga atitiktų reglamentines normas
 * Peržiūrėti ir patvirtinti slaugos politiką bei procedūras
 * Vertinti slaugos darbuotojų darbą
 * Bendradarbiauti su slaugos darbuotojais, aukštesniu vadovaujančiu personalu ir išorės agentūromis koordinuojant pacientų priežiūrą
 * Mokyti slaugos vadovaujančius darbuotojus ir koordinuoti švietimo programas pacientams ir jų šeimoms
@@ -9220,50 +9552,76 @@
   </si>
   <si>
     <t>* Pagrindinės slaugos paslaugos, teikiamos vadovaujant slaugytojui * Vaistų padavimas, tvarsčių, kompresų dėjimas, klizmų, šildymo ir šaldymo procedūrų, gydomųjų sėdimųjų vonių procedūrų atlikimas * Maisto ir gėrimų padavimas pacientams, jų kūno skysčių būklės stebėjimas * Pacientų gyvybiškai svarbių funkcijų stebėjimas * Biologinių medžiagų mėginių ėmimas biocheminiams tyrimams * Panaudotos ir užterštos patalynės keitimas * Darbas su medicinos įstaigos informacine sistema * Atliktų veiksmų įrašymas į dokumentaciją, veiklos ataskaitų teikimas sveikatos draudimo įmonėms ir statistikai.</t>
   </si>
   <si>
     <t>Hygiene Officer</t>
   </si>
   <si>
     <t>Higienos inspektorius</t>
   </si>
   <si>
     <t>* Collecting samples of food, snacks, ready meals, drinks and water samples from springs, pools, dams and their subsequent microbiological analysing.
 * Performing announced and unannounced inspections of new and existing business operations.
 * Issuing approvals/disapprovals for the opening of new operations.
 * Issuing warnings and recommendations regarding the consumption and use of harmful food, cosmetics, contaminated water sources, water expanses etc.
 * Imposing fines on natural and legal persons in accordance with the applicable legislation.
 * Mandating compulsory vaccination in case of the risk of an outbreak.</t>
   </si>
   <si>
     <t>* Mėginių maisto, užkandžių, paruoštų maisto produktų, gėrimų ir vandens mėginių rinkimas iš šaltinių, baseinų, užtvankų ir jų vėlesnis mikrobiologinis analizavimas.
 * Naujų ir esamų komercinių veiklų skelbtų ir neskelbtų patikrinimų atlikimas.
 * Leidimų/paleidimų naujoms veiklom suteikimas/neigimas.
 * Įspėjimų ir rekomendacijų dėl žalios maisto, kosmetikos, užterštų vandens šaltinių, vandens telkinių ir pan. vartojimo bei panaudojimo patarimas.
 * baudų taikymas fiziniams ir juridiniams asmenims pagal galioti įstatymus.
 * Privalomo vakcinavimo nurodymas esant epidemijos rizikai.</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Vidaus ligų gydytojas</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Vidaus organų ligų diagnostika ir gydymas.
+Lėtinių ligų kompleksinė priežiūra (diabetas, hipertenzija ir kt.).
+Laboratorinių ir radiologinių tyrimų interpretavimas.
+Farmakoterapijos parinkimas ir veiksmingumo stebėjimas.
+Profilaktinės apžiūros ir pacientų edukavimas.
+Konsultacijos kitiems specialistams ir šeimos gydytojams.
+Stacionarinė priežiūra pagal darbo vietos profilį.
+Medicininės dokumentacijos tvarkymas ir sprendimai dėl tolesnių tyrimų.</t>
   </si>
   <si>
     <t>Masseur</t>
   </si>
   <si>
     <t>Masažuotojas</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
   <si>
     <t>* Atliekant paprastus masažus, kurių pagrindinis dėmesys yra skirtas raumenims, sausgyslėms, raištams, sąnariams, stuburui ir kaklui.
 * Atliekant sportinį masažą ir įvairių tipų apvyniojimus.
 * Atliekant refleksologinį masažą ir rankinį limfinį drenažą sertifikuoto fizioterapeuto vadovavimu.
 * Teikiant patarimus dėl skirtingų pratybų tipų.</t>
   </si>
   <si>
     <t>Medical Advisor</t>
   </si>
   <si>
     <t>Medicinos konsultantas</t>
   </si>
@@ -9336,50 +9694,76 @@
   <si>
     <t>* Švietimo klientus apie produktus ir paslaugas.
 * Skatinimas ir pristatymas pardavimo programos potencialiems ir esamiems klientams.
 * Palaikymas ir plėtra esamų klientų santykių, nustatant naujus klientus pardavimo programos plėtrai.
 * Atlikimas rinkos tyrinėjimo ir konkurentų veiklos stebėjimo.
 * Aktyvus dalyvavimas profesinėse konferencijose ir renginiuose.
 * Dalyvavimas mokymo sesijose pardavimo įgūdžių tobulinimui ir susipažinimui su pardavimo programa.
 * Reguliarus ataskaitų teikimas apie atliktas veiklas ir atsakomybė už pardavimo tikslų įgyvendinimą.
 * Bendradarbiavimas su sveikatos apsaugos specialistais, įskaitant gydytojus, vaistininkus ir medicinos personalą klinikose, vaistinėse ir kitose sveikatos apsaugos įstaigose.
 * Strategijų kūrimas produkto naudojimo pranašumams efektyviai komunikavimui ir klientų poreikių patenkinimui.
 * Pramonės reguliavimo ir įmonės politikos laikymas pardavimo veikloje.</t>
   </si>
   <si>
     <t>Midwife</t>
   </si>
   <si>
     <t>Akušeris</t>
   </si>
   <si>
     <t>* Providing care to women during pregnancy, childbirth and postpartum period. * Keeping and supporting the optimum health condition of new and expectant mothers. * Leading a physiological birth, cooperating with a doctor in case of complications. * Educating new and expectant mothers regarding the care for newborns. * Preparing new and expectant mothers for breastfeeding. * Visiting women with gynaecological problems. * Managing medical records.</t>
   </si>
   <si>
     <t>* Moterų priežiūra nėštumo, gimdymo laikotarpiu ir laikotarpiu po gimdymo. * Neseniai pagimdžiusių ir besilaukiančių motinų optimalios sveikatos būklės palaikymas. * Vadovavimas fiziologiniam gimdymui, bendradarbiavimas su gydytoju kilus komplikacijų. * Neseniai pagimdžiusių ir besilaukiančių motinų švietimas naujagimių priežiūros klausimais. * Neseniai pagimdžiusių ir besilaukiančių motinų ruošimas žindymui. * Ginekologinių problemų turinčių moterų lankymas. * Medicininių įrašų tvarkymas.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Neurologas</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Nervų sistemos ligų diagnostika (smegenys, nugaros smegenys, periferiniai nervai).
+Neurologinių tyrimų atlikimas.
+EMG, EEG, MR ir kitų tyrimų paskyrimas.
+Ūmių ir lėtinių neurologinių ligų gydymas.
+Ilgalaikė progresuojančių ligų pacientų stebėsena.
+Bendradarbiavimas su reabilitacija ir neurochirurgija.
+Medicininės dokumentacijos tvarkymas.
+Pacientų ir šeimų mokymas apie ligos valdymą.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Slaugytojas</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations. * Measuring and monitoring patient vital signs and functions. * Administering injections and prescribed medications to patients. * Collecting samples of biological materials. * Ordering preventative check-ups and examinations for patients. * Administering health records and documentation. * Washing, disinfecting, and sterilising medical instruments and aids. * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t xml:space="preserve">* Pagalbos teikimas medicininių procedūrų ir tyrimų metu. * Paciento gyvybinių požymių stebėjimas. * Injekcijų ir medikamentų teikimas pacientams. * Biologinių medžiagų pavyzdžių surinkimas. * Prevencinių patikrų ir tyrimų išrašymas pacientams. * Sveikatos įrašų ir dokumentų tvarkymas. * Medicininių įrankių ir pagalbinių priemonių plovimas, dezinfekavimas ir sterilizavimas. * Pirmosios pagalbos suteikimas kritinėje padėtyje. </t>
   </si>
   <si>
     <t>Nutrition Assistant</t>
   </si>
   <si>
     <t>Mitybos specialistas</t>
   </si>
   <si>
     <t>* Compiling menus, depending on the type of diet.
 * Cooperating with doctors in the area of diet therapy.
 * Providing counselling and consultations in the area of healthy nutrition.
 * Leading discussions on the principles of proper nutrition, beneficial and harmful foods, their nutritional value, etc.
 * Keeping the compulsory medical documentation.</t>
   </si>
   <si>
@@ -9410,50 +9794,76 @@
 * Konsultavimas dėl kontaktinių lęšių, akininkių rėmų ir pan. pasirinkimo.</t>
   </si>
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Ortopedijos technikas</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Dirbtinių produktų ir pusfabrikačių kontrolė.
 * Odos (šiais) ir apkrito medžiagos apdorojimas rankiniu ir mašininėmis priemonėmis.
 * Ortopedinių įtaisų gamyba naudojant mašinas.
 * Ortopedinės medžiagos saujos ir mašinų siuvimas, kniedyimas (tvirtas sujungimas su metalo komponentais) ir pan.
 * Ortopedinės dalių, pagamintų iš medienos, odos, plastiko ir kitų natūralių medžiagų, reguliavimas.
 * Minkštųją įrėminimo ir kombinuotų ortopedinių įtaisų gamyba.
 * Ortopedinių batų gamyba remiantis receptais.</t>
+  </si>
+  <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Pediatras</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Vaikų ligų diagnostika ir gydymas nuo gimimo iki paauglystės.
+Profilaktinės apžiūros ir vaiko augimo bei vystymosi stebėsena.
+Skiepijimas ir skiepų apskaitos tvarkymas.
+Gydymo skyrimas ir jo veiksmingumo stebėjimas.
+Konsultacijos tėvams apie vaikų sveikatą ir mitybą.
+Raidos sutrikimų identifikavimas ir nukreipimas pas specialistus.
+Medicininės dokumentacijos tvarkymas.
+Bendradarbiavimas su ligoninėmis ir specialistais teikiant kompleksinę priežiūrą.</t>
   </si>
   <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>Farmacijos laboratorijos technikas</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
     <t>* Ruošiama vaistus pagal standartinius receptus.
 * Sveria medžiagas, naudojamas vaistų gamyboje, nes Dalyvaujant vaistų formuliavimo procese pagal gydytojo nurodymus.
 * Palaiko laboratorinės įrangos tvarką ir užtikrina švarą.
 * Atlieka įvairius fizikinius-cheminius ir biologinius analizus bei matavimus naudojant laboratorinę aparatūrą.
 * Padeda ruošti gamybą ir prižiūri technologinius etapus farmacinių ir kosmetinių preparatų gamyboje.
@@ -9494,139 +9904,217 @@
 * Edukuojant pacientus apie tinkamą vaistų naudojimą, galimus nepageidaujamus poveikius ir gyvenimo būdo modifikacijas tam, kad pagerinti gydymo rezultatus.
 * Priežiūrint tiksliai vaistų receptus, pacientų sąveikas ir vaistų atsargas.
 * Atnaujinant žinias apie naujus vaistus, gydymų metodus ir pramonės reguliavimą tam, kad teikti geriausią įmanomą priežiūrą.</t>
   </si>
   <si>
     <t>Physiotherapist</t>
   </si>
   <si>
     <t>Fizioterapeutas</t>
   </si>
   <si>
     <t>* Assessing the health condition of patients, diagnosing the source of troubles.
 * Prescribing specialised exercises depending on the nature of the troubles.
 * Performing rehabilitation procedures and exercises.
 * Instructing patients regarding proper walking, sitting, standing, and posture.
 * Managing documentation on the health condition of patients.</t>
   </si>
   <si>
     <t>* Vertinantiems ligonių sveikatos būklę, nustatantiems sunkumų šaltinį.
 * Nusakantiems specializuotus pratimus priklausomai nuo sunkumų pobūdžio.
 * Atliekantiems reabilitacijos procedūras ir pratimus.
 * Mokantiems ligonius taisytos einamosios, sėdimos, stovėjimo ir laikysenos būdo.
 * Tvarkantiems dokumentus apie ligonių sveikatos būklę.</t>
   </si>
   <si>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Psichiatras</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Psichikos sutrikimų diagnostika.
+Psichofarmakų skyrimas ir efektyvumo stebėjimas.
+Krizių intervencija ir ūmių būklių valdymas.
+Ilgalaikė pacientų, sergančių lėtinėmis psichikos ligomis, priežiūra.
+Bendradarbiavimas su psichologais ir terapeutais.
+Stacionarinė pagalba, priklausomai nuo darbo vietos profilio.
+Ekspertinių išvadų ir medicininių vertinimų rengimas.
+Dokumentacijos tvarkymas ir gydymo planavimas.</t>
+  </si>
+  <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>Visuomenės sveikatos skyriaus administratorius</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health. * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation. * Monitoring and statistical analysis of environmental factors and health characteristics. * Performing specialised tasks within the public health surveillance. * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>* Kvalifikuota veikla visuomenės sveikatos pirminės prevencijos, apsaugos, palaikymo ir stiprinimo srityje. * Valstybinės sveikatos priežiūros vykdymas aplinkos ir darbo aplinkos, profesinės sveikatos srityje, vaikų ir jaunuolių sveikų gyvenimo ir darbo sąlygų kūrimas bei apsauga ir tokių sąlygų kūrimas darbo vietose, kuriose naudojama jonizuojančioji spinduliuotė. * Aplinkos veiksnių ir sveikatos charakteristikų stebėsena ir statistinė analizė. * Specializuotų užduočių vykdymas prižiūrint visuomenės sveikatą. * Veiklos vykdymas konsultacijų ir švietimo sveikatos klausimais srityje.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Atliekant diagnostinius vaizdo tyrimus naudojant rentgeno įrangą, kad padėti diagnozuoti ir gydyti pacientus.
 * Bendradarbiaujant su gydytojais ir sveikatos apsaugos specialistais, kad nustatytų tinkamas vaizdavimo technikas ir protokolus.
 * Ruošiant pacientus rentgeno procedūroms, paaiškinant procesą, sprendžiant nerimstančius klausimus ir užtikrinant komfortą.
 * Pozicionuojant pacientus teisingai, kad būtų galima gauti aukštos kokybės vaizdus, mažinant spindulių poveikį.
 * Priežiūrint ir eksploatuojant rentgeno įrangą, užtikrinant atitikimą saugos ir kokybės standartams.
 * Analizuojant vaizdus technine prasme ir padėjant aiškinti rezultatus.
 * Vedant tikslus pacientų įrašus ir dokumentuojant atliktas procedūras bei gautus rezultatus.
 * Užtikrinant rentgenologijos skyriaus ir įrangos švarumą ir tvarką.
 * Atnaujinant žinias apie rentgeno technologijos ir technikos naujoves per nuolatinį mokymą ir kvalifikacijų tobulinimą.
 * Laikantis visų teisės aktų ir saugos nurodymų, kad užtikrintų saugią aplinką pacientams ir personalui.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Radiologas</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Vaizdinių tyrimų atlikimas ir vertinimas (RTG, UG, KT, MRT).
+Išvadų rengimas ir diagnostinių rekomendacijų teikimas.
+Bendradarbiavimas su klinikiniais gydytojais diagnozavimo procese.
+Tyrimų techninės kokybės kontrolė.
+Radiacinės saugos užtikrinimas ir teisės aktų laikymasis.
+Vaizdų dokumentavimas ir archyvavimas.
+Papildomų tyrimų rekomendavimas, jei reikia.
+Rezultatų konsultavimas su kitais specialistais.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
   </si>
   <si>
     <t>Radiologo padėjėjas</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Nepriklausomas specializuotas profesionalus darbas atliekant standartines skiagrafines ir skiaskopines apklausas.
 * Pagalba nestandartiniuose radiologiniuose veiksmuose, naudojant sudėtingą įrangą.
 * Juostelės medžiagos ryškinimas ir apdorojimas tamsiojoje kameroje.
 * KT ir MR tyrinėjimai bei pagalba KT valdomose intervencijose (biopsija ir drenavimas).
 * KT ir MR vaizdo dokumentacijos apdorojimas ir jos įrašymas elektroniniuose laikmenyse.
 * Paciento informavimas apie tyrinėjimo prigimtį, rengimą, trukmę, galimus pavojus bei rezultatų gavimo laiką.</t>
   </si>
   <si>
     <t>Social rehabilitation specialist</t>
   </si>
   <si>
     <t>Socialinės reabilitacijos specialistė</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
     <t>* Vertinama individų, reikalaujančių socialinės reabilitacijos paslaugų, poreikius ir gebėjimus.
 * Parengiami ir įgyvendinami individualizuoti reabilitacijos planai, bendradarbiaujant su klientais ir tarpdisciplininėmis komandomis.
 * Teikiama klientams vadovavimas ir parama vystant gyvenimo įgūdžius, socialinius įgūdžius ir kovos su sunkumais strategijas.
 * Organizuojamos grupinės terapijos sesijos ir dirbtuvės, skatinant socialinį sąveiką ir integraciją į bendruomenę.
 * Stebiama klientų pažanga ir reabilitacijos planai koreguojami pagal poreikių, siekiant optimalių rezultatų.
 * Bendradarbiaujama su sveikatos priežiūros profesionalais, socialiniais darbuotojais ir bendruomenės organizacijomis, koordinuojant paslaugas ir išteklius.
 * Švietima klientus ir jų šeimas apie galimas socialines paslaugas ir paramos sistemas.
 * Atstovaujama klientų teisėms ir poreikiams įvairiose socialinių paslaugų sistemose.
 * Palaikomi tikslūs įrašai ir dokumentacija apie klientų sąveiką, pažangą ir rezultatus.
 * Laikomasi informuoti apie gerąsias praktikas ir naujoves socialinės reabilitacijos ir susijusiose srityse.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Chirurgas</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Chirurginių intervencijų diagnostika ir indikacijų nustatymas.
+Operacinių procedūrų atlikimas.
+Paciento priežiūra prieš ir po operacijos.
+Operacijos rizikos vertinimas ir paciento informavimas.
+Žaizdų gijimo stebėsena ir komplikacijų prevencija.
+Bendradarbiavimas su anesteziologais ir kitomis specialybėmis.
+Rezultatų vertinimas ir tolesnio gydymo planavimas.
+Chirurginės dokumentacijos tvarkymas.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Veterinaras</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses. * Examining and removing tissues and biological materials. * Prescribing and administering drugs to animals. * Performing minor and major surgeries. * Vaccinating animals against diseases, treating them for parasites. * Sterilising animals. * Euthanising animals. * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>* Gyvūnų sveikatos tikrinimas, diagnozės nustatymas. * Audinių ir biologinių medžiagų apžiūra ir šalinimas. * Vaistų skyrimas ir davimas gyvūnams. * Smulkių ir stambių operacijų atlikimas. * Gyvūnų skiepijimas nuo ligų, gydymas nuo parazitų. * Gyvūnų sterilizavimas. * Gyvūnų eutanazija. * Gyvūnų savininkų ir augintojų konsultavimas dėl tinkamos mitybos.</t>
   </si>
   <si>
     <t>Veterinary Technician</t>
   </si>
   <si>
     <t>Veterinarijos technikas</t>
   </si>
   <si>
     <t>* Assisting or performing treatments, diagnostics and monitoring.
 * Collecting, preparing and running or submitting samples for requested tests.
 * Providing specialised nursing care.
 * Preparing animals, instruments and equipment for surgery.
 * Preparing prescriptions, dispensed medications and medication refills.
@@ -10857,50 +11345,74 @@
     <t>Laidojimo tarnybos darbuotojas</t>
   </si>
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Padėti šeimoms planuoti ir organizuoti laidotuojas su užuojauta ir pagarba.
 * Teikti nurodymus dėl laidotuojų ruošimo, įskaitant karsto pasirinkimą, transportavimą ir memorialinių paslaugų.
 * Koordinuoti su įvairiais paslaugų tiekėjais, tokių kaip kapinės, krematoriumai ir floristai.
 * Parengti ir pateikti būtinus teisinius dokumentus, tokius kaip mirties sertifikatai ir leidimai.
 * Užtikrinti tinkamą mirusiojo priežiūrą ir ruošimą, įskaitant balzamavimą ir aprengimą.
 * Tvarkyti laidotuojų logistiką, įskaitant tarnybos vietos paruošimą ir pokalbio eigą.
 * Teikti emocinę paramą ir konsultacijas liūdnoms šeimoms viso ruošimo proceso metu.
 * Išlaikyti švarią ir pagarbią aplinką laidotuojų namuose ir susijusiose įstaigose.
 * Laikytis sveikatos ir saugos reglamentų bei etinių standartų visose darbo srityse.
 * Dalyvauti nuolatiniame profesionaliame tobulinime ir mokymuose, kad būtų aukščiausias lygis su pramonės praktikomis ir reglamentų.</t>
+  </si>
+  <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Lošimo salės / kazino operatorius</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Žaidimų salės ar kazino lankytojų aptarnavimas.
+Žaidimų įrangos veikimo priežiūra.
+Informacijos teikimas apie žaidimus ir taisykles.
+Pagrindinių techninių ir veiklos problemų sprendimas.
+Žaidėjų amžiaus ir teisėtumo tikrinimas.
+Vidinių ir teisinių taisyklių laikymasis.
+Tvarkos ir švaros užtikrinimas patalpose.</t>
   </si>
   <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Sodininkas</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks. * Hoeing and fertilising the soil, pulling weeds. * Planting and irrigating decorative plants, shrubs, trees and hedges. * Seeding, watering and mowing lawns. * Protecting vegetation from pests and diseases using chemical agents. * Harvesting and storing fruit and vegetables. * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Gėlių, vejų, krūmų, medžių priežiūra soduose ir viešuosiuose parkuose. * Dirvožemio purenimas ir tręšimas, piktžolių naikinimas. * Dekoratyvinių augalų, krūmų, medžių ir gyvatvorių tvarkymas, sodinimas bei drėkinimas. * Vejos sodinimas, drėkinimas ir pjovimas. * Augmenijos apsauga nuo kenkėjimų naudojant chemikalus. * Vaisių ir daržovių surinkimas. * Sodo įrankių remontas.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
   </si>
   <si>
     <t>Auksakalys, juvelyras</t>
   </si>
   <si>
     <t>* Preparing material, work tools, equipment, and devices. * Making jewellery from ferrous, non-ferrous, precious metals, and their alloys. * Cutting, encasing, and polishing natural, synthetic and precious stones. * Engraving text, symbols, and ornaments into jewellery. * Repairing and adjusting jewellery according to customers’ requirements. * Selling jewellery to customers, providing advice.</t>
   </si>
   <si>
     <t>* Paruošimas medžiagų, darbo įrankių, įrangos, prietaisų. * Juvelyrinių dirbinių gamyba iš juodųjų, spalvotųjų metalų ir jų lydinių. * Naturaliųjų, sintetinių, brangiųjų akmenų apdaila, pjaustymas ir poliravimas. * Juvelyrikos graviravimas tekstais, simboliais ir ornamentais. * Juvelyrikos dirbinių koregavimas ir taisymas, pagal kliento poreikį. * Juvelyrikos pardavimai, konsultacija klientams.</t>
   </si>
@@ -11070,80 +11582,78 @@
   </si>
   <si>
     <t>* Darbo vietos paruošimas prieš darbo pradžią. * Techninės dokumentacijos, susijusios su įvairia įranga, skaitymas ir saugos laikymasis. * Angų sienose ir grindyse paruošimas tolimesniems darbams. *  Vamzdžių pritaikymas pjaustant, lankstant, virinant bei drožiant. * Vandens, nuotekų, dujų, šildymo vamzdyno paskirstymo sistemų ir įrangos montavimas, išmontavimas.  * Nutekėjimo ir spaudimo testavimas.</t>
   </si>
   <si>
     <t>Refuse Collector</t>
   </si>
   <si>
     <t>Buitinių atliekų surinkėjas</t>
   </si>
   <si>
     <t>* Driving and operating a special vehicle for collecting municipal waste.
 * Manipulating containers for collecting municipal waste and moving them to the vehicle.
 * Emptying rubbish bins into the vehicle.
 * Returning dustbins to their original place.
 * Emptying the contents of the vehicle at disposal sites.</t>
   </si>
   <si>
     <t>* Vairavimas ir specialaus transporto priemonės, skirtos surinkti komunaliniams atliekams, valdymas.
 * Komunalinių atliekų surinkimo konteinerių manipuliavimas ir jų perkėlimas į transporto priemonę.
 * Šiukšlių dėžių ištuštintas į transporto priemonę.
 * Šiukšlių dėžių grąžinimas į pirminę vietą.
 * Transporto priemonės turinio ištuštintas atliekų šalinimo vietose.</t>
   </si>
   <si>
-    <t>* Installing, maintaining, and repairing equipment and machinery in various industrial settings.
-[...24 lines deleted...]
-  <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Technologijos, Plėtra</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Lošimo įrenginių serviso technikas</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Lošimo įrenginių montavimas, derinimas ir priežiūra.
+Techninių gedimų diagnostika ir taisymas.
+Reguliarios įrangos priežiūros atlikimas.
+Techninio saugumo ir funkcionalumo užtikrinimas.
+Atliekamų veiksmų dokumentavimas ir gedimų registravimas.
+Bendradarbiavimas su operacijų vadovais.
+Naujų įrenginių ir komponentų testavimas.</t>
   </si>
   <si>
     <t>Geographic Information Systems Engineer</t>
   </si>
   <si>
     <t>GIS inžinierius</t>
   </si>
   <si>
     <t>* Develop and maintain Geographic Information Systems (GIS) applications and tools to support spatial data analysis and visualization.
 * Collaborate with cross-functional teams to gather requirements and translate them into technical specifications for GIS projects.
 * Conduct spatial data collection, processing, and analysis to support decision-making processes in various sectors.
 * Ensure the accuracy and integrity of GIS data through regular audits and updates.
 * Create and maintain detailed documentation of GIS processes, methodologies, and data sources.
 * Provide technical support and training to end-users on GIS software and tools.
 * Stay updated on the latest GIS technologies and trends to enhance system capabilities and performance.
 * Assist in the development of GIS-based solutions for urban planning, environmental management, and resource allocation.
 * Participate in project planning and execution, ensuring timely delivery of GIS projects within budget constraints.
 * Communicate effectively with stakeholders to present findings and recommendations based on spatial analysis.</t>
   </si>
   <si>
     <t>* Kūrėti ir palaikyti geografinės informacijos sistemas (GIS) aplikacijas ir įrankius, skirtus erdvinių duomenų analizės ir vizualizacijos palaikymui.
 * Bendradarbiauti su tarpfunkcinėmis komandomis, renkant reikalavimus ir juos verčiant į techninius specifikacijas GIS projektams.
 * Atlikti erdvinių duomenų rinkimą, apdorojimą ir analizę, kad būtų palaikomi sprendimų priėmimo procesai įvairiose srityse.
 * Užtikrinti GIS duomenų tikslumą ir vientisumą, atliekant reguliarius auditus ir atnaujinimus.
 * Kūrėti ir palaikyti detalizuotą GIS procesų, metodikų ir duomenų šaltinių dokumentaciją.
@@ -11216,74 +11726,50 @@
   <si>
     <t>Telecommunications</t>
   </si>
   <si>
     <t>Telekomunikacijos</t>
   </si>
   <si>
     <t>Data Station Testing Specialist</t>
   </si>
   <si>
     <t>Duomenų stočių tikrinimo specialistas</t>
   </si>
   <si>
     <t>* Analyzing and complex testing of products with focus on DSL, Active Ethernet, GPON, VoIP and routre technologies.
 * Cooperating on projects.
 * Preparing and coordinating of technical designs for pilot operation of new technologies, product innovations and company solutions.
 * Processing technical specifications for acquiring and innovation of products.</t>
   </si>
   <si>
     <t>* Produktų analizė ir sudėtingi testai, koncentruojantis ties DSL, aktyviosios Ethernet, GPON, VoIP ir maršrutizatoriaus technologijomis.
 * Bendradarbiavimas projektuose.
 * Techninių projektų rengimas ir koordinavimas naujų technologijų, produkto inovacijų ir įmonės sprendimų pilotinėje eksploatacijoje.
 * Techninių specifikacijų apdorojimas produktų įsigijimui ir inovacijai.</t>
   </si>
   <si>
-    <t>* Assembling and fitting telecommunications equipment and systems according to specifications and technical drawings.
-[...22 lines deleted...]
-  <si>
     <t>ICT Specialist</t>
   </si>
   <si>
     <t>Informacinių ir ryšių technologijų specialistas</t>
   </si>
   <si>
     <t>* Installing, configuring and launching components (HW and SW) ICT solutions and services, including pilot operation.
 * Removing defects of 2nd level, including supporting executive components (NW and IT) at localization and removing of defects.
 * Executing system configurations ICT solutions and services.
 * Managing safety elements ICT solutions and services.
 * Communicating with technical support of suppliers, customers and getting involved in acceptation tests.
 * Getting involved in developing ICT services and solutions at putting them in operation.</t>
   </si>
   <si>
     <t>* Instaliuoti, konfigūruoti ir paleisti komponentus (HW ir SW) ICT sprendimų ir paslaugų, įskaitant bandomąją eksploataciją.
 * Pašalinti 2 lygio trūkumus, įskaitant vykdymo komponentų (NW ir IT) palaikymą lokalizacijoje ir pašalinimą trūkumų.
 * Atlikti sistemos konfigūravimą ICT sprendimų ir paslaugų.
 * Tvarkyti saugumo elementus ICT sprendimų ir paslaugų.
 * Bendrauti su tiekėjų, klientų technine parama ir dalyvauti priėmimo testuose.
 * Dalyvauti kuriant ICT paslaugas ir sprendimus, įdiegiant jas į veikimą.</t>
   </si>
   <si>
     <t>Mobile Network Development Specialist</t>
   </si>
   <si>
@@ -11470,74 +11956,50 @@
   <si>
     <t>Switching Network Development Specialist</t>
   </si>
   <si>
     <t>Perjungiamojo tinklo plėtros specialistas</t>
   </si>
   <si>
     <t>* Planning hardware and software.
 * Implementation and optimization of connection systems, their mutual interconnection, interconnection with other nets and net elements.
 * Preparing, testing and implementation of technical system data, software functions and hardware connection systems.
 * Preparing the testing procedures for verification of functionality of hardware and software for the connection systems.
 * Processing of the statistics data of the connection systems.
 * Cooperating with suppliers in the area of adjusting dimensions of connection systems, their development, including also the development in the area of their software functions.
 * Preparing regular reports concerning productivity and utility of singular connection systems.
 * Cooperating on implementation of the roaming partners.</t>
   </si>
   <si>
     <t>* Įrangos ir programinės įrangos planavimas.
 * Ryšių sistemų įgyvendinimas ir optimizavimas, jų tarpusavio jungimas, jungimas su kitomis tinklo ir tinklo elementais.
 * Techninės sistemos duomenų, programinės įrangos funkcijų ir įrangos jungimo sistemų rengimas, testavimas ir įgyvendinimas.
 * Bandymo procedūrų rengimas ryšių sistemų funkcionalumo tikrinimui.
 * Ryšių sistemų statistikos duomenų apdorojimas.
 * Bendradarbiavimas su tiekėjais ryšių sistemų matmenų derinimo, jų plėtojimo srityje, įskaitant ir programinės įrangos funkcijų plėtojimą.
 * Reguliarausi ataskaitų rengimas dėl atskirų ryšių sistemų produktyvumo ir naudingumo.
 * Bendradarbiavimas kuriant roamingo partnerius.</t>
-  </si>
-[...22 lines deleted...]
-* Septyni naujausias technologijas telekomunikacijų srityje, kad pagerintų paslaugų teikimą.</t>
   </si>
   <si>
     <t>* Carrying out measurements of the access networks.
 * Setting up and moving telecommunication services.
 * Installing and configuring the terminals.
 * Installing and configuring the communication software.
 * Removing the incurred malfunctions.</t>
   </si>
   <si>
     <t>* Atliekant matavimus ryšių tinkluose.
 * Įdiegiant ir perkeldamas telekomunikacijos paslaugas.
 * Įrengiant ir konfigūruojant terminalus.
 * Įdiegiant ir konfigūruojant ryšių programas.
 * Pašalinant įvykusias nefunkcijas.</t>
   </si>
   <si>
     <t>Telecommunication Specialist</t>
   </si>
   <si>
     <t>Telekomunikacijų specialistas</t>
   </si>
   <si>
     <t>* Designing, implementing, and maintaining telecommunication systems and networks.
 * Analyzing system performance and identifying areas for improvement.
 * Collaborating with engineering teams to develop innovative communication solutions.
@@ -12411,51 +12873,51 @@
     <t>Hotel Porter</t>
   </si>
   <si>
     <t>Viešbučio portjė</t>
   </si>
   <si>
     <t>* Welcoming guests arriving at the hotel.
 * Helping guests when getting in and out of their vehicle, and opening doors.
 * Loading and unloading luggage to/from the vehicle.
 * Helping guests to carry their luggage.
 * Guiding guests to their hotel rooms and presenting the equipment rooms.
 * Responding to the commonly posed questions from guests, and solving problems.</t>
   </si>
   <si>
     <t>* Svečiams, atvykstantiems į viešbutį, pasiūlyti malonų priėmimą.
 * Padėti svečiams įlipti ir išlipti iš savo transporto priemonės, atidaryti duris.
 * Pakrauti ir iškrauti bagažą į/iš transporto priemonės.
 * Padėti svečiams nešti jų bagažą.
 * Vestis svečius iki jų viešbučio kambarių ir pristatyti kambarių įranga.
 * Atsakyti į dažnai užduodamus svečių klausimus ir spręsti problemas.</t>
   </si>
   <si>
     <t>Houseman</t>
   </si>
   <si>
-    <t>Patarnautojas</t>
+    <t>Housekeeping skyriaus operatyvinis darbuotojas</t>
   </si>
   <si>
     <t>* Taking part in the effective fulfilling of the daily working tasks in the housekeeping department.
 * Caring for the main storehouse in the housekeeping department.
 * Taking orders of working aids for chambermaids and cleaners.
 * Taking out large goods and working aids to the individual storerooms on the storeys.
 * Taking out, bringing and sorting out of the hotel bed sheets and tea towels.
 * Taking responsibility for the regular monthly stocktaking.</t>
   </si>
   <si>
     <t>* Dalyvavimas kasdienių užduočių įgyvendinime namų ūkio departamento veikloje.
 * Pagrindinio sandėlio namų ūkio departamento priežiūra.
 * Pagalbinės įrangos užsakymas kambarinėms ir valytojoms.
 * Didelių prekių ir pagalbinės įrangos išvežimas į atskirus sandėlius aukštuose.
 * Išvežimas, pristatymas ir susortavimas viešbučio lovos aprangų ir rankšluosčių.
 * Atsakomybė už reguliarų mėnesinį inventorizavimą.</t>
   </si>
   <si>
     <t>Kitchen Helper</t>
   </si>
   <si>
     <t>Pagalbinis virtuvės darbuotojas</t>
   </si>
   <si>
     <t>* Assisting in the preparation of food items according to established recipes and standards.
@@ -12920,80 +13382,50 @@
 * Geležinkelio vagonų derinimas ir parkavimas skirtose vietose.</t>
   </si>
   <si>
     <t>Forklift Truck Operator</t>
   </si>
   <si>
     <t>Šakinių keltuvų operatorius</t>
   </si>
   <si>
     <t xml:space="preserve">* Operating forklifts, pallet trucks, picking and system trucks, retractors etc. * Loading and offloading pallets with freight onto/off vehicle beds. * Accepting and delivering goods to and from the warehouse. * Supplying the production line with material. * Scanning of pallet labels. * Performing routine maintenance of the vehicle. * Cooperation at stocktaking. </t>
   </si>
   <si>
     <t>* Šakinių krautuvų, padėklų krautuvų, surinkimo ir sisteminių vežimėlių, įtraukiklių ir t. t. eksploatavimas. * Padėklų su kroviniu pakrovimas (iškrovimas) ant (nuo) transporto priemonių pagrindo. * Medžiagos tiekimas gamybos linijai. * Padėklų etikečių skenavimas. * Įprastos transporto priemonės techninės priežiūros vykdymas. * Bendradarbiavimas atliekant inventorizaciją.</t>
   </si>
   <si>
     <t>Forwarder</t>
   </si>
   <si>
     <t>Ekspeditorius</t>
   </si>
   <si>
     <t>* Ensuring the national and international transport of goods. * Seeking and contacting new customers. * Receiving and completing pricing inquiries and orders for shipment. * Negotiating the terms and conditions and contracting with carriers. * Monitoring the availability of vehicles and ensuring their occupancy. * Entering data into the information system. * Preparing documents for billing. * Monitoring the payment discipline of customers. * Communicating with customers and carriers. * Resolving claims.</t>
   </si>
   <si>
     <t>* Prekių gabenimo užtikrinimas tarptautiniu ir vidiniu mastu. * Naujų klientų paieška ir kontako užmezgimas. * Užklausų dėl paslaugų kainų ir prekių pervežimos priėmimas ir vykdymas. * Derybų vedimas ir sąlygų aptarimas su vežėjais. * Laisvų transporto priemonių paieška, transporto priemonių užimtumo kontrolė. * Duomenų suvedimas į informacinę sistemą. * Mokėjimo dokumentų paruošimas. * Klientų mokėjimų kontrolė. * Bendravimas su klientais ir vežėjais. * Pretenzijų sprendimas.</t>
-  </si>
-[...28 lines deleted...]
-* Inicijuojant iniciatyvas, kurios skatina saugos ir atitikties kultūrą organizacijoje.</t>
   </si>
   <si>
     <t>Import/Export Officer</t>
   </si>
   <si>
     <t>Importo / eksporto specialistas</t>
   </si>
   <si>
     <t>* Checking figures, postings, and documents for correct entry, mathematical accuracy, and proper codes. 
 * Operating computers programmed with accounting software to record, store, and analyze information. 
 * Classifying, recording, and summarizing numerical and financial data to compile and keep financial records, using journals and ledgers or computers. 
 * Compiling statistical, financial, accounting or auditing reports and tables pertaining to such matters as cash receipts, expenditures, accounts payable and receivable, and profits and losses. 
 * Calculating, preparing, and issuing bills, invoices, account statements, and other financial statements according to established procedures. 
 * Preparing bank deposits by compiling data from cashiers, verifying and balancing receipts, and sending cash, checks, or other forms of payment to banks. 
 * Compiling budget data and documents, based on estimated revenues and expenses and previous budgets. 
 * Preparing purchase orders and expense reports. 
 * Transferring details from separate journals to general ledgers or data processing sheets. 
 * Completing and submitting tax forms and returns, workers' compensation forms, pension contribution forms, and other government documents.</t>
   </si>
   <si>
     <t>* Tikrinant skaičius, įrašus ir dokumentus dėl teisingo įvedimo, matematinio tikslumo ir tinkamų kodų.
 * Valdant kompiuterius, programišius apskaitos programų, norint įrašyti, saugoti ir analizuoti informaciją.
 * Klasifikuojant, užrašant ir apibendrinant skaitmeninius ir finansinius duomenis, kad būtų sudaryti ir priežiūrėti finansiniai įrašai, naudojant žurnalų ir sąmatų knygas ar kompiuterius.
 * Sudarant statistinius, finansinius, apskaitos ar audito ataskaitas ir lentas, susijusias su tokiais klausimais kaip grynųjų pinigų mokėjimai, išlaidos, sąskaitos mokėtinės ir gaunamųjų sumų, bei pelnas ir nuostoliai.
 * Skaičiuojant, rengiant ir išduodant sąskaitas, sąskaitų faktūras, sąskaitų išrašus ir kitus finansinius dokumentus pagal nustatytą tvarką.
@@ -14036,82 +14468,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F675"/>
+  <dimension ref="A1:F692"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F675"/>
+      <selection activeCell="E6" sqref="E6:F692"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3"/>
       <c r="B3" s="1">
-        <v>670</v>
+        <v>687</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="E5" t="s">
         <v>6</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
@@ -14652,12886 +15084,13222 @@
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33" t="s">
         <v>120</v>
       </c>
       <c r="D33" t="s">
         <v>121</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" t="s">
         <v>124</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>125</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D34" t="s">
+      <c r="F34" s="2" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B35" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C35" t="s">
         <v>130</v>
       </c>
       <c r="D35" t="s">
         <v>131</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
         <v>134</v>
       </c>
       <c r="D36" t="s">
         <v>135</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C37" t="s">
         <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B38" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
         <v>142</v>
       </c>
       <c r="D38" t="s">
         <v>143</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B39" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C39" t="s">
         <v>146</v>
       </c>
       <c r="D39" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B40" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C40" t="s">
         <v>150</v>
       </c>
       <c r="D40" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B41" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C41" t="s">
         <v>154</v>
       </c>
       <c r="D41" t="s">
         <v>155</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C42" t="s">
         <v>158</v>
       </c>
       <c r="D42" t="s">
         <v>159</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s">
         <v>162</v>
       </c>
       <c r="D43" t="s">
         <v>163</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C44" t="s">
         <v>166</v>
       </c>
       <c r="D44" t="s">
         <v>167</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
         <v>170</v>
       </c>
       <c r="D45" t="s">
         <v>171</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
         <v>174</v>
       </c>
       <c r="D46" t="s">
         <v>175</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B47" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C47" t="s">
         <v>178</v>
       </c>
       <c r="D47" t="s">
         <v>179</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C48" t="s">
         <v>182</v>
       </c>
       <c r="D48" t="s">
         <v>183</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C49" t="s">
         <v>186</v>
       </c>
       <c r="D49" t="s">
         <v>187</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>128</v>
+      </c>
+      <c r="B50" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" t="s">
         <v>190</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>191</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" s="2" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>190</v>
+        <v>128</v>
       </c>
       <c r="B51" t="s">
-        <v>191</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
+        <v>194</v>
+      </c>
+      <c r="D51" t="s">
+        <v>195</v>
+      </c>
+      <c r="E51" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" s="2" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B52" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C52" t="s">
         <v>200</v>
       </c>
       <c r="D52" t="s">
         <v>201</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B53" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>205</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B54" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C54" t="s">
         <v>208</v>
       </c>
       <c r="D54" t="s">
         <v>209</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B55" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C55" t="s">
         <v>212</v>
       </c>
       <c r="D55" t="s">
         <v>213</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B56" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C56" t="s">
         <v>216</v>
       </c>
       <c r="D56" t="s">
         <v>217</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B57" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C57" t="s">
         <v>220</v>
       </c>
       <c r="D57" t="s">
         <v>221</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B58" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C58" t="s">
         <v>224</v>
       </c>
       <c r="D58" t="s">
         <v>225</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B59" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C59" t="s">
         <v>228</v>
       </c>
       <c r="D59" t="s">
         <v>229</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B60" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C60" t="s">
         <v>232</v>
       </c>
       <c r="D60" t="s">
         <v>233</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B61" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C61" t="s">
         <v>236</v>
       </c>
       <c r="D61" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B62" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C62" t="s">
         <v>240</v>
       </c>
       <c r="D62" t="s">
         <v>241</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B63" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C63" t="s">
         <v>244</v>
       </c>
       <c r="D63" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B64" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C64" t="s">
         <v>248</v>
       </c>
       <c r="D64" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B65" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C65" t="s">
         <v>252</v>
       </c>
       <c r="D65" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C66" t="s">
         <v>256</v>
       </c>
       <c r="D66" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B67" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C67" t="s">
         <v>260</v>
       </c>
       <c r="D67" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B68" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C68" t="s">
         <v>264</v>
       </c>
       <c r="D68" t="s">
         <v>265</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>198</v>
+      </c>
+      <c r="B69" t="s">
+        <v>199</v>
+      </c>
+      <c r="C69" t="s">
         <v>268</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>269</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" s="2" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>268</v>
+        <v>198</v>
       </c>
       <c r="B70" t="s">
-        <v>269</v>
+        <v>199</v>
       </c>
       <c r="C70" t="s">
+        <v>272</v>
+      </c>
+      <c r="D70" t="s">
+        <v>273</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" s="2" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B71" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C71" t="s">
         <v>278</v>
       </c>
       <c r="D71" t="s">
         <v>279</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B72" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C72" t="s">
         <v>282</v>
       </c>
       <c r="D72" t="s">
         <v>283</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B73" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C73" t="s">
         <v>286</v>
       </c>
       <c r="D73" t="s">
         <v>287</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B74" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C74" t="s">
         <v>290</v>
       </c>
       <c r="D74" t="s">
         <v>291</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B75" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C75" t="s">
         <v>294</v>
       </c>
       <c r="D75" t="s">
         <v>295</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B76" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C76" t="s">
         <v>298</v>
       </c>
       <c r="D76" t="s">
         <v>299</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B77" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C77" t="s">
         <v>302</v>
       </c>
       <c r="D77" t="s">
         <v>303</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B78" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C78" t="s">
         <v>306</v>
       </c>
       <c r="D78" t="s">
         <v>307</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B79" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C79" t="s">
         <v>310</v>
       </c>
       <c r="D79" t="s">
         <v>311</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B80" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C80" t="s">
         <v>314</v>
       </c>
       <c r="D80" t="s">
         <v>315</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>316</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B81" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C81" t="s">
         <v>318</v>
       </c>
       <c r="D81" t="s">
         <v>319</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>276</v>
+      </c>
+      <c r="B82" t="s">
+        <v>277</v>
+      </c>
+      <c r="C82" t="s">
         <v>322</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>323</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="D82" t="s">
+      <c r="F82" s="2" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>322</v>
+        <v>276</v>
       </c>
       <c r="B83" t="s">
-        <v>323</v>
+        <v>277</v>
       </c>
       <c r="C83" t="s">
+        <v>326</v>
+      </c>
+      <c r="D83" t="s">
+        <v>327</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83" s="2" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B84" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="C84" t="s">
         <v>332</v>
       </c>
       <c r="D84" t="s">
         <v>333</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B85" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="C85" t="s">
-        <v>306</v>
+        <v>336</v>
       </c>
       <c r="D85" t="s">
-        <v>307</v>
+        <v>337</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>308</v>
+        <v>338</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="B86" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="C86" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D86" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>343</v>
+        <v>314</v>
       </c>
       <c r="D87" t="s">
+        <v>315</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B88" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C88" t="s">
         <v>347</v>
       </c>
       <c r="D88" t="s">
         <v>348</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B89" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C89" t="s">
         <v>351</v>
       </c>
       <c r="D89" t="s">
         <v>352</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B90" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C90" t="s">
         <v>355</v>
       </c>
       <c r="D90" t="s">
         <v>356</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C91" t="s">
         <v>359</v>
       </c>
       <c r="D91" t="s">
         <v>360</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>361</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B92" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C92" t="s">
         <v>363</v>
       </c>
       <c r="D92" t="s">
         <v>364</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B93" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C93" t="s">
         <v>367</v>
       </c>
       <c r="D93" t="s">
         <v>368</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B94" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C94" t="s">
         <v>371</v>
       </c>
       <c r="D94" t="s">
         <v>372</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>373</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B95" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C95" t="s">
         <v>375</v>
       </c>
       <c r="D95" t="s">
         <v>376</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B96" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C96" t="s">
         <v>379</v>
       </c>
       <c r="D96" t="s">
         <v>380</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B97" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C97" t="s">
         <v>383</v>
       </c>
       <c r="D97" t="s">
         <v>384</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B98" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C98" t="s">
         <v>387</v>
       </c>
       <c r="D98" t="s">
         <v>388</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B99" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C99" t="s">
         <v>391</v>
       </c>
       <c r="D99" t="s">
         <v>392</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B100" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C100" t="s">
         <v>395</v>
       </c>
       <c r="D100" t="s">
         <v>396</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B101" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C101" t="s">
         <v>399</v>
       </c>
       <c r="D101" t="s">
         <v>400</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B102" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C102" t="s">
         <v>403</v>
       </c>
       <c r="D102" t="s">
         <v>404</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B103" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C103" t="s">
         <v>407</v>
       </c>
       <c r="D103" t="s">
         <v>408</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B104" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C104" t="s">
         <v>411</v>
       </c>
       <c r="D104" t="s">
         <v>412</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B105" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C105" t="s">
         <v>415</v>
       </c>
       <c r="D105" t="s">
         <v>416</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B106" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C106" t="s">
         <v>419</v>
       </c>
       <c r="D106" t="s">
         <v>420</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B107" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C107" t="s">
         <v>423</v>
       </c>
       <c r="D107" t="s">
         <v>424</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B108" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C108" t="s">
         <v>427</v>
       </c>
       <c r="D108" t="s">
         <v>428</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B109" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C109" t="s">
         <v>431</v>
       </c>
       <c r="D109" t="s">
         <v>432</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B110" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C110" t="s">
         <v>435</v>
       </c>
       <c r="D110" t="s">
         <v>436</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B111" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C111" t="s">
         <v>439</v>
       </c>
       <c r="D111" t="s">
         <v>440</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B112" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C112" t="s">
         <v>443</v>
       </c>
       <c r="D112" t="s">
         <v>444</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B113" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C113" t="s">
         <v>447</v>
       </c>
       <c r="D113" t="s">
         <v>448</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B114" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C114" t="s">
         <v>451</v>
       </c>
       <c r="D114" t="s">
         <v>452</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
+        <v>345</v>
+      </c>
+      <c r="B115" t="s">
+        <v>346</v>
+      </c>
+      <c r="C115" t="s">
         <v>455</v>
       </c>
-      <c r="B115" t="s">
+      <c r="D115" t="s">
         <v>456</v>
       </c>
-      <c r="C115" t="s">
+      <c r="E115" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" s="2" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>455</v>
+        <v>345</v>
       </c>
       <c r="B116" t="s">
-        <v>456</v>
+        <v>346</v>
       </c>
       <c r="C116" t="s">
+        <v>459</v>
+      </c>
+      <c r="D116" t="s">
+        <v>460</v>
+      </c>
+      <c r="E116" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="D116" t="s">
+      <c r="F116" s="2" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B117" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C117" t="s">
         <v>465</v>
       </c>
       <c r="D117" t="s">
         <v>466</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B118" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C118" t="s">
         <v>469</v>
       </c>
       <c r="D118" t="s">
         <v>470</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B119" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C119" t="s">
         <v>473</v>
       </c>
       <c r="D119" t="s">
         <v>474</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>475</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B120" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C120" t="s">
         <v>477</v>
       </c>
       <c r="D120" t="s">
         <v>478</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B121" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C121" t="s">
         <v>481</v>
       </c>
       <c r="D121" t="s">
         <v>482</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B122" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C122" t="s">
         <v>485</v>
       </c>
       <c r="D122" t="s">
         <v>486</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B123" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C123" t="s">
         <v>489</v>
       </c>
       <c r="D123" t="s">
         <v>490</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B124" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C124" t="s">
         <v>493</v>
       </c>
       <c r="D124" t="s">
         <v>494</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B125" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C125" t="s">
         <v>497</v>
       </c>
       <c r="D125" t="s">
         <v>498</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B126" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C126" t="s">
         <v>501</v>
       </c>
       <c r="D126" t="s">
         <v>502</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>503</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B127" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C127" t="s">
-        <v>286</v>
+        <v>505</v>
       </c>
       <c r="D127" t="s">
-        <v>287</v>
+        <v>506</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B128" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C128" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D128" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B129" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C129" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D129" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B130" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C130" t="s">
-        <v>515</v>
+        <v>294</v>
       </c>
       <c r="D130" t="s">
-        <v>516</v>
+        <v>295</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B131" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C131" t="s">
         <v>519</v>
       </c>
       <c r="D131" t="s">
         <v>520</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B132" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C132" t="s">
         <v>523</v>
       </c>
       <c r="D132" t="s">
         <v>524</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B133" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C133" t="s">
         <v>527</v>
       </c>
       <c r="D133" t="s">
         <v>528</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B134" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C134" t="s">
         <v>531</v>
       </c>
       <c r="D134" t="s">
         <v>532</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>533</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B135" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C135" t="s">
         <v>535</v>
       </c>
       <c r="D135" t="s">
         <v>536</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>537</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B136" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C136" t="s">
         <v>539</v>
       </c>
       <c r="D136" t="s">
         <v>540</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>541</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B137" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C137" t="s">
         <v>543</v>
       </c>
       <c r="D137" t="s">
         <v>544</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>545</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B138" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C138" t="s">
         <v>547</v>
       </c>
       <c r="D138" t="s">
         <v>548</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>549</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B139" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C139" t="s">
         <v>551</v>
       </c>
       <c r="D139" t="s">
         <v>552</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>553</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B140" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C140" t="s">
         <v>555</v>
       </c>
       <c r="D140" t="s">
         <v>556</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>557</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B141" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C141" t="s">
         <v>559</v>
       </c>
       <c r="D141" t="s">
         <v>560</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B142" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C142" t="s">
         <v>563</v>
       </c>
       <c r="D142" t="s">
         <v>564</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>565</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B143" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C143" t="s">
         <v>567</v>
       </c>
       <c r="D143" t="s">
         <v>568</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>569</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B144" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C144" t="s">
         <v>571</v>
       </c>
       <c r="D144" t="s">
         <v>572</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>573</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B145" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C145" t="s">
         <v>575</v>
       </c>
       <c r="D145" t="s">
         <v>576</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>577</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B146" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C146" t="s">
         <v>579</v>
       </c>
       <c r="D146" t="s">
         <v>580</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>581</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B147" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C147" t="s">
         <v>583</v>
       </c>
       <c r="D147" t="s">
         <v>584</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B148" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C148" t="s">
         <v>587</v>
       </c>
       <c r="D148" t="s">
         <v>588</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>589</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B149" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C149" t="s">
         <v>591</v>
       </c>
       <c r="D149" t="s">
         <v>592</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>593</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B150" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C150" t="s">
         <v>595</v>
       </c>
       <c r="D150" t="s">
         <v>596</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>597</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B151" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C151" t="s">
         <v>599</v>
       </c>
       <c r="D151" t="s">
         <v>600</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>601</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B152" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C152" t="s">
         <v>603</v>
       </c>
       <c r="D152" t="s">
         <v>604</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>605</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
+        <v>463</v>
+      </c>
+      <c r="B153" t="s">
+        <v>464</v>
+      </c>
+      <c r="C153" t="s">
         <v>607</v>
       </c>
-      <c r="B153" t="s">
+      <c r="D153" t="s">
         <v>608</v>
       </c>
-      <c r="C153" t="s">
+      <c r="E153" s="2" t="s">
         <v>609</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153" s="2" t="s">
         <v>610</v>
-      </c>
-[...4 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>607</v>
+        <v>463</v>
       </c>
       <c r="B154" t="s">
-        <v>608</v>
+        <v>464</v>
       </c>
       <c r="C154" t="s">
+        <v>611</v>
+      </c>
+      <c r="D154" t="s">
+        <v>612</v>
+      </c>
+      <c r="E154" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="D154" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="2" t="s">
+      <c r="F154" s="2" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="B155" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="C155" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D155" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="B156" t="s">
+        <v>616</v>
+      </c>
+      <c r="C156" t="s">
         <v>621</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
+        <v>217</v>
+      </c>
+      <c r="E156" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="D156" t="s">
+      <c r="F156" s="2" t="s">
         <v>623</v>
-      </c>
-[...4 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="B157" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="C157" t="s">
+        <v>624</v>
+      </c>
+      <c r="D157" t="s">
+        <v>625</v>
+      </c>
+      <c r="E157" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" s="2" t="s">
         <v>627</v>
-      </c>
-[...4 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B158" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C158" t="s">
         <v>630</v>
       </c>
       <c r="D158" t="s">
         <v>631</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>632</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B159" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C159" t="s">
         <v>634</v>
       </c>
       <c r="D159" t="s">
         <v>635</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>636</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B160" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C160" t="s">
         <v>638</v>
       </c>
       <c r="D160" t="s">
         <v>639</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>640</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B161" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C161" t="s">
         <v>642</v>
       </c>
       <c r="D161" t="s">
         <v>643</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>644</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B162" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C162" t="s">
         <v>646</v>
       </c>
       <c r="D162" t="s">
         <v>647</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B163" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C163" t="s">
         <v>650</v>
       </c>
       <c r="D163" t="s">
         <v>651</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B164" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C164" t="s">
         <v>654</v>
       </c>
       <c r="D164" t="s">
         <v>655</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>656</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B165" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C165" t="s">
         <v>658</v>
       </c>
       <c r="D165" t="s">
         <v>659</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>660</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B166" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C166" t="s">
         <v>662</v>
       </c>
       <c r="D166" t="s">
         <v>663</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>664</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B167" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C167" t="s">
         <v>666</v>
       </c>
       <c r="D167" t="s">
         <v>667</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>668</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B168" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C168" t="s">
         <v>670</v>
       </c>
       <c r="D168" t="s">
         <v>671</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>672</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B169" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C169" t="s">
         <v>674</v>
       </c>
       <c r="D169" t="s">
         <v>675</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>676</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B170" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C170" t="s">
-        <v>224</v>
+        <v>678</v>
       </c>
       <c r="D170" t="s">
-        <v>225</v>
+        <v>679</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B171" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C171" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D171" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B172" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C172" t="s">
-        <v>684</v>
+        <v>232</v>
       </c>
       <c r="D172" t="s">
-        <v>685</v>
+        <v>233</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>686</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B173" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C173" t="s">
         <v>688</v>
       </c>
       <c r="D173" t="s">
         <v>689</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>690</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B174" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C174" t="s">
         <v>692</v>
       </c>
       <c r="D174" t="s">
         <v>693</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>694</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B175" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C175" t="s">
         <v>696</v>
       </c>
       <c r="D175" t="s">
         <v>697</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>698</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B176" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C176" t="s">
         <v>700</v>
       </c>
       <c r="D176" t="s">
         <v>701</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>702</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B177" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C177" t="s">
         <v>704</v>
       </c>
       <c r="D177" t="s">
         <v>705</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>706</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B178" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C178" t="s">
         <v>708</v>
       </c>
       <c r="D178" t="s">
         <v>709</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>710</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B179" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C179" t="s">
         <v>712</v>
       </c>
       <c r="D179" t="s">
         <v>713</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>714</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B180" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C180" t="s">
         <v>716</v>
       </c>
       <c r="D180" t="s">
         <v>717</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>718</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B181" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C181" t="s">
         <v>720</v>
       </c>
       <c r="D181" t="s">
         <v>721</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>722</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="B182" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C182" t="s">
         <v>724</v>
       </c>
       <c r="D182" t="s">
         <v>725</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>726</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
+        <v>628</v>
+      </c>
+      <c r="B183" t="s">
+        <v>629</v>
+      </c>
+      <c r="C183" t="s">
         <v>728</v>
       </c>
-      <c r="B183" t="s">
+      <c r="D183" t="s">
         <v>729</v>
       </c>
-      <c r="C183" t="s">
+      <c r="E183" s="2" t="s">
         <v>730</v>
       </c>
-      <c r="D183" t="s">
+      <c r="F183" s="2" t="s">
         <v>731</v>
-      </c>
-[...4 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>728</v>
+        <v>628</v>
       </c>
       <c r="B184" t="s">
-        <v>729</v>
+        <v>629</v>
       </c>
       <c r="C184" t="s">
+        <v>732</v>
+      </c>
+      <c r="D184" t="s">
+        <v>733</v>
+      </c>
+      <c r="E184" s="2" t="s">
         <v>734</v>
       </c>
-      <c r="D184" t="s">
+      <c r="F184" s="2" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B185" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C185" t="s">
         <v>738</v>
       </c>
       <c r="D185" t="s">
         <v>739</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B186" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C186" t="s">
         <v>742</v>
       </c>
       <c r="D186" t="s">
         <v>743</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>744</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B187" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C187" t="s">
         <v>746</v>
       </c>
       <c r="D187" t="s">
         <v>747</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>748</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B188" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C188" t="s">
         <v>750</v>
       </c>
       <c r="D188" t="s">
         <v>751</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>752</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B189" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C189" t="s">
         <v>754</v>
       </c>
       <c r="D189" t="s">
         <v>755</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>756</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B190" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C190" t="s">
         <v>758</v>
       </c>
       <c r="D190" t="s">
         <v>759</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>760</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B191" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C191" t="s">
         <v>762</v>
       </c>
       <c r="D191" t="s">
         <v>763</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B192" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C192" t="s">
         <v>766</v>
       </c>
       <c r="D192" t="s">
         <v>767</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>768</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B193" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C193" t="s">
         <v>770</v>
       </c>
       <c r="D193" t="s">
         <v>771</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>772</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B194" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C194" t="s">
         <v>774</v>
       </c>
       <c r="D194" t="s">
         <v>775</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>776</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B195" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C195" t="s">
         <v>778</v>
       </c>
       <c r="D195" t="s">
         <v>779</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>780</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B196" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C196" t="s">
         <v>782</v>
       </c>
       <c r="D196" t="s">
         <v>783</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>784</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B197" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C197" t="s">
         <v>786</v>
       </c>
       <c r="D197" t="s">
         <v>787</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>788</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B198" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C198" t="s">
         <v>790</v>
       </c>
       <c r="D198" t="s">
         <v>791</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>792</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B199" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C199" t="s">
         <v>794</v>
       </c>
       <c r="D199" t="s">
         <v>795</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>796</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B200" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C200" t="s">
         <v>798</v>
       </c>
       <c r="D200" t="s">
         <v>799</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>800</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B201" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C201" t="s">
         <v>802</v>
       </c>
       <c r="D201" t="s">
         <v>803</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>804</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B202" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C202" t="s">
         <v>806</v>
       </c>
       <c r="D202" t="s">
         <v>807</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>808</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B203" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C203" t="s">
         <v>810</v>
       </c>
       <c r="D203" t="s">
         <v>811</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B204" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C204" t="s">
         <v>814</v>
       </c>
       <c r="D204" t="s">
         <v>815</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>816</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B205" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="C205" t="s">
         <v>818</v>
       </c>
       <c r="D205" t="s">
         <v>819</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>820</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
+        <v>736</v>
+      </c>
+      <c r="B206" t="s">
+        <v>737</v>
+      </c>
+      <c r="C206" t="s">
         <v>822</v>
       </c>
-      <c r="B206" t="s">
+      <c r="D206" t="s">
         <v>823</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>824</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>822</v>
+        <v>736</v>
       </c>
       <c r="B207" t="s">
-        <v>823</v>
+        <v>737</v>
       </c>
       <c r="C207" t="s">
-        <v>507</v>
+        <v>826</v>
       </c>
       <c r="D207" t="s">
-        <v>508</v>
+        <v>827</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B208" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C208" t="s">
-        <v>828</v>
+        <v>294</v>
       </c>
       <c r="D208" t="s">
-        <v>829</v>
+        <v>295</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B209" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C209" t="s">
-        <v>832</v>
+        <v>519</v>
       </c>
       <c r="D209" t="s">
-        <v>833</v>
+        <v>520</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B210" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C210" t="s">
         <v>836</v>
       </c>
       <c r="D210" t="s">
         <v>837</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>838</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B211" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C211" t="s">
         <v>840</v>
       </c>
       <c r="D211" t="s">
         <v>841</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>842</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B212" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C212" t="s">
         <v>844</v>
       </c>
       <c r="D212" t="s">
         <v>845</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>846</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B213" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C213" t="s">
         <v>848</v>
       </c>
       <c r="D213" t="s">
         <v>849</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>850</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B214" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C214" t="s">
         <v>852</v>
       </c>
       <c r="D214" t="s">
         <v>853</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>854</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B215" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C215" t="s">
-        <v>294</v>
+        <v>856</v>
       </c>
       <c r="D215" t="s">
-        <v>295</v>
+        <v>857</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>296</v>
+        <v>858</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>297</v>
+        <v>859</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B216" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C216" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D216" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B217" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C217" t="s">
-        <v>860</v>
+        <v>302</v>
       </c>
       <c r="D217" t="s">
-        <v>861</v>
+        <v>303</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>862</v>
+        <v>304</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>863</v>
+        <v>305</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B218" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C218" t="s">
         <v>864</v>
       </c>
       <c r="D218" t="s">
         <v>865</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B219" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C219" t="s">
         <v>868</v>
       </c>
       <c r="D219" t="s">
         <v>869</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>870</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B220" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C220" t="s">
         <v>872</v>
       </c>
       <c r="D220" t="s">
         <v>873</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>874</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B221" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C221" t="s">
         <v>876</v>
       </c>
       <c r="D221" t="s">
         <v>877</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>878</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B222" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C222" t="s">
         <v>880</v>
       </c>
       <c r="D222" t="s">
         <v>881</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>882</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B223" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C223" t="s">
         <v>884</v>
       </c>
       <c r="D223" t="s">
         <v>885</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>886</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B224" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C224" t="s">
-        <v>306</v>
+        <v>888</v>
       </c>
       <c r="D224" t="s">
-        <v>307</v>
+        <v>889</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>890</v>
+        <v>830</v>
       </c>
       <c r="B225" t="s">
-        <v>891</v>
+        <v>831</v>
       </c>
       <c r="C225" t="s">
         <v>892</v>
       </c>
       <c r="D225" t="s">
         <v>893</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>894</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>890</v>
+        <v>830</v>
       </c>
       <c r="B226" t="s">
-        <v>891</v>
+        <v>831</v>
       </c>
       <c r="C226" t="s">
+        <v>314</v>
+      </c>
+      <c r="D226" t="s">
+        <v>315</v>
+      </c>
+      <c r="E226" s="2" t="s">
         <v>896</v>
       </c>
-      <c r="D226" t="s">
+      <c r="F226" s="2" t="s">
         <v>897</v>
-      </c>
-[...4 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B227" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="C227" t="s">
         <v>900</v>
       </c>
       <c r="D227" t="s">
         <v>901</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>902</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B228" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="C228" t="s">
         <v>904</v>
       </c>
       <c r="D228" t="s">
         <v>905</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>906</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B229" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="C229" t="s">
         <v>908</v>
       </c>
       <c r="D229" t="s">
         <v>909</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>910</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B230" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="C230" t="s">
         <v>912</v>
       </c>
       <c r="D230" t="s">
         <v>913</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>914</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
+        <v>898</v>
+      </c>
+      <c r="B231" t="s">
+        <v>899</v>
+      </c>
+      <c r="C231" t="s">
         <v>916</v>
       </c>
-      <c r="B231" t="s">
+      <c r="D231" t="s">
         <v>917</v>
       </c>
-      <c r="C231" t="s">
+      <c r="E231" s="2" t="s">
         <v>918</v>
       </c>
-      <c r="D231" t="s">
+      <c r="F231" s="2" t="s">
         <v>919</v>
-      </c>
-[...4 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B232" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="C232" t="s">
+        <v>920</v>
+      </c>
+      <c r="D232" t="s">
+        <v>921</v>
+      </c>
+      <c r="E232" s="2" t="s">
         <v>922</v>
       </c>
-      <c r="D232" t="s">
+      <c r="F232" s="2" t="s">
         <v>923</v>
-      </c>
-[...4 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="B233" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C233" t="s">
         <v>926</v>
       </c>
       <c r="D233" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="B234" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C234" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D234" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="B235" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C235" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D235" t="s">
         <v>934</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>935</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="B236" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C236" t="s">
         <v>937</v>
       </c>
       <c r="D236" t="s">
         <v>938</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>939</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
+        <v>924</v>
+      </c>
+      <c r="B237" t="s">
+        <v>925</v>
+      </c>
+      <c r="C237" t="s">
         <v>941</v>
       </c>
-      <c r="B237" t="s">
+      <c r="D237" t="s">
         <v>942</v>
       </c>
-      <c r="C237" t="s">
+      <c r="E237" s="2" t="s">
         <v>943</v>
       </c>
-      <c r="D237" t="s">
+      <c r="F237" s="2" t="s">
         <v>944</v>
-      </c>
-[...4 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>941</v>
+        <v>924</v>
       </c>
       <c r="B238" t="s">
-        <v>942</v>
+        <v>925</v>
       </c>
       <c r="C238" t="s">
+        <v>945</v>
+      </c>
+      <c r="D238" t="s">
+        <v>946</v>
+      </c>
+      <c r="E238" s="2" t="s">
         <v>947</v>
       </c>
-      <c r="D238" t="s">
+      <c r="F238" s="2" t="s">
         <v>948</v>
-      </c>
-[...4 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B239" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C239" t="s">
         <v>951</v>
       </c>
       <c r="D239" t="s">
         <v>952</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>953</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B240" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C240" t="s">
         <v>955</v>
       </c>
       <c r="D240" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B241" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C241" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D241" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B242" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C242" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D242" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B243" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C243" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D243" t="s">
-        <v>352</v>
+        <v>967</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B244" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C244" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="D244" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B245" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C245" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D245" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B246" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C246" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D246" t="s">
-        <v>977</v>
+        <v>360</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>978</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B247" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C247" t="s">
         <v>980</v>
       </c>
       <c r="D247" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B248" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C248" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D248" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B249" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C249" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D249" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B250" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C250" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D250" t="s">
         <v>992</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>993</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B251" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C251" t="s">
         <v>995</v>
       </c>
       <c r="D251" t="s">
         <v>996</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>997</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B252" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C252" t="s">
         <v>999</v>
       </c>
       <c r="D252" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B253" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C253" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D253" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B254" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C254" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D254" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B255" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C255" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D255" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B256" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C256" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D256" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B257" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C257" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D257" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B258" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C258" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D258" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B259" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C259" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D259" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B260" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C260" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D260" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B261" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C261" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D261" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B262" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C262" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D262" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B263" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C263" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="D263" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B264" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C264" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D264" t="s">
         <v>1043</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B265" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C265" t="s">
         <v>1046</v>
       </c>
       <c r="D265" t="s">
         <v>1047</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B266" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C266" t="s">
         <v>1050</v>
       </c>
       <c r="D266" t="s">
         <v>1051</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B267" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C267" t="s">
         <v>1054</v>
       </c>
       <c r="D267" t="s">
         <v>1055</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B268" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C268" t="s">
         <v>1058</v>
       </c>
       <c r="D268" t="s">
         <v>1059</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B269" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C269" t="s">
         <v>1062</v>
       </c>
       <c r="D269" t="s">
         <v>1063</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B270" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C270" t="s">
         <v>1066</v>
       </c>
       <c r="D270" t="s">
         <v>1067</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B271" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C271" t="s">
         <v>1070</v>
       </c>
       <c r="D271" t="s">
         <v>1071</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B272" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C272" t="s">
         <v>1074</v>
       </c>
       <c r="D272" t="s">
         <v>1075</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B273" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C273" t="s">
         <v>1078</v>
       </c>
       <c r="D273" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B274" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C274" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D274" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B275" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C275" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D275" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B276" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C276" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D276" t="s">
         <v>1090</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B277" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C277" t="s">
         <v>1093</v>
       </c>
       <c r="D277" t="s">
         <v>1094</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B278" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C278" t="s">
         <v>1097</v>
       </c>
       <c r="D278" t="s">
         <v>1098</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B279" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C279" t="s">
         <v>1101</v>
       </c>
       <c r="D279" t="s">
         <v>1102</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B280" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C280" t="s">
         <v>1105</v>
       </c>
       <c r="D280" t="s">
         <v>1106</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B281" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C281" t="s">
         <v>1109</v>
       </c>
       <c r="D281" t="s">
         <v>1110</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B282" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C282" t="s">
         <v>1113</v>
       </c>
       <c r="D282" t="s">
         <v>1114</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B283" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C283" t="s">
         <v>1117</v>
       </c>
       <c r="D283" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B284" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C284" t="s">
-        <v>876</v>
+        <v>1121</v>
       </c>
       <c r="D284" t="s">
-        <v>877</v>
+        <v>1122</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B285" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C285" t="s">
-        <v>880</v>
+        <v>1125</v>
       </c>
       <c r="D285" t="s">
-        <v>881</v>
+        <v>1126</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B286" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C286" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="D286" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B287" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C287" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="D287" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B288" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C288" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="D288" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B289" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C289" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="D289" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B290" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C290" t="s">
-        <v>1140</v>
+        <v>884</v>
       </c>
       <c r="D290" t="s">
-        <v>1141</v>
+        <v>885</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B291" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C291" t="s">
-        <v>1144</v>
+        <v>888</v>
       </c>
       <c r="D291" t="s">
-        <v>1145</v>
+        <v>889</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B292" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C292" t="s">
         <v>1148</v>
       </c>
       <c r="D292" t="s">
         <v>1149</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B293" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C293" t="s">
         <v>1152</v>
       </c>
       <c r="D293" t="s">
         <v>1153</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
+        <v>949</v>
+      </c>
+      <c r="B294" t="s">
+        <v>950</v>
+      </c>
+      <c r="C294" t="s">
         <v>1156</v>
       </c>
-      <c r="B294" t="s">
+      <c r="D294" t="s">
         <v>1157</v>
       </c>
-      <c r="C294" t="s">
+      <c r="E294" s="2" t="s">
         <v>1158</v>
       </c>
-      <c r="D294" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="2" t="s">
+      <c r="F294" s="2" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1156</v>
+        <v>949</v>
       </c>
       <c r="B295" t="s">
-        <v>1157</v>
+        <v>950</v>
       </c>
       <c r="C295" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D295" t="s">
         <v>1161</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" s="2" t="s">
         <v>1162</v>
       </c>
-      <c r="E295" s="2" t="s">
+      <c r="F295" s="2" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1156</v>
+        <v>949</v>
       </c>
       <c r="B296" t="s">
-        <v>1157</v>
+        <v>950</v>
       </c>
       <c r="C296" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D296" t="s">
         <v>1165</v>
       </c>
-      <c r="D296" t="s">
+      <c r="E296" s="2" t="s">
         <v>1166</v>
       </c>
-      <c r="E296" s="2" t="s">
+      <c r="F296" s="2" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1156</v>
+        <v>949</v>
       </c>
       <c r="B297" t="s">
-        <v>1157</v>
+        <v>950</v>
       </c>
       <c r="C297" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D297" t="s">
         <v>1169</v>
       </c>
-      <c r="D297" t="s">
+      <c r="E297" s="2" t="s">
         <v>1170</v>
       </c>
-      <c r="E297" s="2" t="s">
+      <c r="F297" s="2" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1156</v>
+        <v>949</v>
       </c>
       <c r="B298" t="s">
-        <v>1157</v>
+        <v>950</v>
       </c>
       <c r="C298" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D298" t="s">
         <v>1173</v>
       </c>
-      <c r="D298" t="s">
+      <c r="E298" s="2" t="s">
         <v>1174</v>
       </c>
-      <c r="E298" s="2" t="s">
+      <c r="F298" s="2" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1156</v>
+        <v>949</v>
       </c>
       <c r="B299" t="s">
-        <v>1157</v>
+        <v>950</v>
       </c>
       <c r="C299" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D299" t="s">
         <v>1177</v>
       </c>
-      <c r="D299" t="s">
+      <c r="E299" s="2" t="s">
         <v>1178</v>
       </c>
-      <c r="E299" s="2" t="s">
+      <c r="F299" s="2" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1156</v>
+        <v>949</v>
       </c>
       <c r="B300" t="s">
-        <v>1157</v>
+        <v>950</v>
       </c>
       <c r="C300" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D300" t="s">
         <v>1181</v>
       </c>
-      <c r="D300" t="s">
+      <c r="E300" s="2" t="s">
         <v>1182</v>
       </c>
-      <c r="E300" s="2" t="s">
+      <c r="F300" s="2" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1156</v>
+        <v>949</v>
       </c>
       <c r="B301" t="s">
-        <v>1157</v>
+        <v>950</v>
       </c>
       <c r="C301" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D301" t="s">
         <v>1185</v>
       </c>
-      <c r="D301" t="s">
+      <c r="E301" s="2" t="s">
         <v>1186</v>
       </c>
-      <c r="E301" s="2" t="s">
+      <c r="F301" s="2" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1156</v>
+        <v>1188</v>
       </c>
       <c r="B302" t="s">
-        <v>1157</v>
+        <v>1189</v>
       </c>
       <c r="C302" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D302" t="s">
-        <v>1190</v>
+        <v>631</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1156</v>
+        <v>1188</v>
       </c>
       <c r="B303" t="s">
-        <v>1157</v>
+        <v>1189</v>
       </c>
       <c r="C303" t="s">
         <v>1193</v>
       </c>
       <c r="D303" t="s">
         <v>1194</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1156</v>
+        <v>1188</v>
       </c>
       <c r="B304" t="s">
-        <v>1157</v>
+        <v>1189</v>
       </c>
       <c r="C304" t="s">
         <v>1197</v>
       </c>
       <c r="D304" t="s">
         <v>1198</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1156</v>
+        <v>1188</v>
       </c>
       <c r="B305" t="s">
-        <v>1157</v>
+        <v>1189</v>
       </c>
       <c r="C305" t="s">
         <v>1201</v>
       </c>
       <c r="D305" t="s">
         <v>1202</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1156</v>
+        <v>1188</v>
       </c>
       <c r="B306" t="s">
-        <v>1157</v>
+        <v>1189</v>
       </c>
       <c r="C306" t="s">
         <v>1205</v>
       </c>
       <c r="D306" t="s">
         <v>1206</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1156</v>
+        <v>1188</v>
       </c>
       <c r="B307" t="s">
-        <v>1157</v>
+        <v>1189</v>
       </c>
       <c r="C307" t="s">
         <v>1209</v>
       </c>
       <c r="D307" t="s">
         <v>1210</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>1211</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1156</v>
+        <v>1188</v>
       </c>
       <c r="B308" t="s">
-        <v>1157</v>
+        <v>1189</v>
       </c>
       <c r="C308" t="s">
         <v>1213</v>
       </c>
       <c r="D308" t="s">
         <v>1214</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C309" t="s">
         <v>1217</v>
       </c>
-      <c r="B309" t="s">
+      <c r="D309" t="s">
         <v>1218</v>
       </c>
-      <c r="C309" t="s">
+      <c r="E309" s="2" t="s">
         <v>1219</v>
       </c>
-      <c r="D309" t="s">
+      <c r="F309" s="2" t="s">
         <v>1220</v>
-      </c>
-[...4 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="B310" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="C310" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E310" s="2" t="s">
         <v>1223</v>
       </c>
-      <c r="D310" t="s">
+      <c r="F310" s="2" t="s">
         <v>1224</v>
-      </c>
-[...4 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="B311" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="C311" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E311" s="2" t="s">
         <v>1227</v>
       </c>
-      <c r="D311" t="s">
+      <c r="F311" s="2" t="s">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="B312" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="C312" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E312" s="2" t="s">
         <v>1231</v>
       </c>
-      <c r="D312" t="s">
+      <c r="F312" s="2" t="s">
         <v>1232</v>
-      </c>
-[...4 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="B313" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="C313" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E313" s="2" t="s">
         <v>1235</v>
       </c>
-      <c r="D313" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="2" t="s">
+      <c r="F313" s="2" t="s">
         <v>1236</v>
-      </c>
-[...1 lines deleted...]
-        <v>1237</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="B314" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="C314" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D314" t="s">
         <v>1238</v>
       </c>
-      <c r="D314" t="s">
+      <c r="E314" s="2" t="s">
         <v>1239</v>
       </c>
-      <c r="E314" s="2" t="s">
+      <c r="F314" s="2" t="s">
         <v>1240</v>
-      </c>
-[...1 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="B315" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="C315" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D315" t="s">
         <v>1242</v>
       </c>
-      <c r="D315" t="s">
+      <c r="E315" s="2" t="s">
         <v>1243</v>
       </c>
-      <c r="E315" s="2" t="s">
+      <c r="F315" s="2" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="B316" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="C316" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D316" t="s">
         <v>1246</v>
       </c>
-      <c r="D316" t="s">
+      <c r="E316" s="2" t="s">
         <v>1247</v>
       </c>
-      <c r="E316" s="2" t="s">
+      <c r="F316" s="2" t="s">
         <v>1248</v>
-      </c>
-[...1 lines deleted...]
-        <v>1249</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B317" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C317" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D317" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B318" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C318" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D318" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B319" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C319" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="D319" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B320" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C320" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="D320" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B321" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C321" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D321" t="s">
         <v>1267</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B322" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C322" t="s">
         <v>1270</v>
       </c>
       <c r="D322" t="s">
         <v>1271</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B323" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C323" t="s">
         <v>1274</v>
       </c>
       <c r="D323" t="s">
         <v>1275</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B324" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C324" t="s">
         <v>1278</v>
       </c>
       <c r="D324" t="s">
         <v>1279</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B325" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C325" t="s">
         <v>1282</v>
       </c>
       <c r="D325" t="s">
         <v>1283</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B326" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C326" t="s">
         <v>1286</v>
       </c>
       <c r="D326" t="s">
         <v>1287</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B327" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C327" t="s">
         <v>1290</v>
       </c>
       <c r="D327" t="s">
         <v>1291</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B328" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C328" t="s">
         <v>1294</v>
       </c>
       <c r="D328" t="s">
         <v>1295</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B329" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C329" t="s">
         <v>1298</v>
       </c>
       <c r="D329" t="s">
         <v>1299</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B330" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C330" t="s">
-        <v>174</v>
+        <v>1302</v>
       </c>
       <c r="D330" t="s">
-        <v>175</v>
+        <v>1303</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B331" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C331" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="D331" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B332" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C332" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="D332" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1312</v>
+        <v>1249</v>
       </c>
       <c r="B333" t="s">
-        <v>1313</v>
+        <v>1250</v>
       </c>
       <c r="C333" t="s">
         <v>1314</v>
       </c>
       <c r="D333" t="s">
         <v>1315</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1312</v>
+        <v>1249</v>
       </c>
       <c r="B334" t="s">
-        <v>1313</v>
+        <v>1250</v>
       </c>
       <c r="C334" t="s">
         <v>1318</v>
       </c>
       <c r="D334" t="s">
         <v>1319</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1312</v>
+        <v>1249</v>
       </c>
       <c r="B335" t="s">
-        <v>1313</v>
+        <v>1250</v>
       </c>
       <c r="C335" t="s">
         <v>1322</v>
       </c>
       <c r="D335" t="s">
         <v>1323</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1312</v>
+        <v>1249</v>
       </c>
       <c r="B336" t="s">
-        <v>1313</v>
+        <v>1250</v>
       </c>
       <c r="C336" t="s">
         <v>1326</v>
       </c>
       <c r="D336" t="s">
         <v>1327</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1312</v>
+        <v>1249</v>
       </c>
       <c r="B337" t="s">
-        <v>1313</v>
+        <v>1250</v>
       </c>
       <c r="C337" t="s">
+        <v>182</v>
+      </c>
+      <c r="D337" t="s">
+        <v>183</v>
+      </c>
+      <c r="E337" s="2" t="s">
         <v>1330</v>
       </c>
-      <c r="D337" t="s">
+      <c r="F337" s="2" t="s">
         <v>1331</v>
-      </c>
-[...4 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1312</v>
+        <v>1249</v>
       </c>
       <c r="B338" t="s">
-        <v>1313</v>
+        <v>1250</v>
       </c>
       <c r="C338" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E338" s="2" t="s">
         <v>1334</v>
       </c>
-      <c r="D338" t="s">
+      <c r="F338" s="2" t="s">
         <v>1335</v>
-      </c>
-[...4 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1312</v>
+        <v>1249</v>
       </c>
       <c r="B339" t="s">
-        <v>1313</v>
+        <v>1250</v>
       </c>
       <c r="C339" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E339" s="2" t="s">
         <v>1338</v>
       </c>
-      <c r="D339" t="s">
+      <c r="F339" s="2" t="s">
         <v>1339</v>
-      </c>
-[...4 lines deleted...]
-        <v>1341</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="B340" t="s">
-        <v>1313</v>
+        <v>1341</v>
       </c>
       <c r="C340" t="s">
         <v>1342</v>
       </c>
       <c r="D340" t="s">
         <v>1343</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="B341" t="s">
-        <v>1313</v>
+        <v>1341</v>
       </c>
       <c r="C341" t="s">
         <v>1346</v>
       </c>
       <c r="D341" t="s">
         <v>1347</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C342" t="s">
         <v>1350</v>
       </c>
-      <c r="B342" t="s">
+      <c r="D342" t="s">
         <v>1351</v>
       </c>
-      <c r="C342" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E342" s="2" t="s">
-        <v>206</v>
+        <v>1352</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>207</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1350</v>
+        <v>1340</v>
       </c>
       <c r="B343" t="s">
-        <v>1351</v>
+        <v>1341</v>
       </c>
       <c r="C343" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="D343" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1350</v>
+        <v>1340</v>
       </c>
       <c r="B344" t="s">
-        <v>1351</v>
+        <v>1341</v>
       </c>
       <c r="C344" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="D344" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1360</v>
+        <v>1340</v>
       </c>
       <c r="B345" t="s">
-        <v>1361</v>
+        <v>1341</v>
       </c>
       <c r="C345" t="s">
         <v>1362</v>
       </c>
       <c r="D345" t="s">
         <v>1363</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1360</v>
+        <v>1340</v>
       </c>
       <c r="B346" t="s">
-        <v>1361</v>
+        <v>1341</v>
       </c>
       <c r="C346" t="s">
         <v>1366</v>
       </c>
       <c r="D346" t="s">
         <v>1367</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1360</v>
+        <v>1340</v>
       </c>
       <c r="B347" t="s">
-        <v>1361</v>
+        <v>1341</v>
       </c>
       <c r="C347" t="s">
         <v>1370</v>
       </c>
       <c r="D347" t="s">
         <v>1371</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1360</v>
+        <v>1340</v>
       </c>
       <c r="B348" t="s">
-        <v>1361</v>
+        <v>1341</v>
       </c>
       <c r="C348" t="s">
         <v>1374</v>
       </c>
       <c r="D348" t="s">
         <v>1375</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1360</v>
+        <v>1378</v>
       </c>
       <c r="B349" t="s">
-        <v>1361</v>
+        <v>1379</v>
       </c>
       <c r="C349" t="s">
-        <v>1378</v>
+        <v>212</v>
       </c>
       <c r="D349" t="s">
-        <v>1378</v>
+        <v>213</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1379</v>
+        <v>214</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1360</v>
+        <v>1378</v>
       </c>
       <c r="B350" t="s">
-        <v>1361</v>
+        <v>1379</v>
       </c>
       <c r="C350" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D350" t="s">
         <v>1381</v>
       </c>
-      <c r="D350" t="s">
+      <c r="E350" s="2" t="s">
         <v>1382</v>
       </c>
-      <c r="E350" s="2" t="s">
+      <c r="F350" s="2" t="s">
         <v>1383</v>
-      </c>
-[...1 lines deleted...]
-        <v>1384</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1360</v>
+        <v>1378</v>
       </c>
       <c r="B351" t="s">
-        <v>1361</v>
+        <v>1379</v>
       </c>
       <c r="C351" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D351" t="s">
         <v>1385</v>
       </c>
-      <c r="D351" t="s">
+      <c r="E351" s="2" t="s">
         <v>1386</v>
       </c>
-      <c r="E351" s="2" t="s">
+      <c r="F351" s="2" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B352" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C352" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="D352" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B353" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C353" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D353" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B354" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C354" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D354" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B355" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C355" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D355" t="s">
-        <v>1263</v>
+        <v>1403</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B356" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C356" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D356" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B357" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C357" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D357" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B358" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C358" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="D358" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B359" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C359" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="D359" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B360" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C360" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="D360" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B361" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C361" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="D361" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B362" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C362" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="D362" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B363" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C363" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="D363" t="s">
-        <v>1433</v>
+        <v>1295</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B364" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C364" t="s">
         <v>1436</v>
       </c>
       <c r="D364" t="s">
         <v>1437</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B365" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C365" t="s">
         <v>1440</v>
       </c>
       <c r="D365" t="s">
         <v>1441</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>1442</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B366" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C366" t="s">
         <v>1444</v>
       </c>
       <c r="D366" t="s">
         <v>1445</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B367" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C367" t="s">
         <v>1448</v>
       </c>
       <c r="D367" t="s">
         <v>1449</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B368" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C368" t="s">
         <v>1452</v>
       </c>
       <c r="D368" t="s">
         <v>1453</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B369" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C369" t="s">
         <v>1456</v>
       </c>
       <c r="D369" t="s">
         <v>1457</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1458</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1459</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B370" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C370" t="s">
         <v>1460</v>
       </c>
       <c r="D370" t="s">
         <v>1461</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1462</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B371" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C371" t="s">
         <v>1464</v>
       </c>
       <c r="D371" t="s">
         <v>1465</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1466</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B372" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C372" t="s">
         <v>1468</v>
       </c>
       <c r="D372" t="s">
         <v>1469</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1471</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B373" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C373" t="s">
         <v>1472</v>
       </c>
       <c r="D373" t="s">
         <v>1473</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1474</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B374" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C374" t="s">
         <v>1476</v>
       </c>
       <c r="D374" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B375" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C375" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D375" t="s">
-        <v>1480</v>
-[...1 lines deleted...]
-      <c r="E375" s="2" t="s">
         <v>1481</v>
       </c>
-      <c r="F375" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E375" s="2"/>
+      <c r="F375" s="2"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B376" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C376" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D376" t="s">
         <v>1483</v>
       </c>
-      <c r="D376" t="s">
+      <c r="E376" s="2" t="s">
         <v>1484</v>
       </c>
-      <c r="E376" s="2" t="s">
+      <c r="F376" s="2" t="s">
         <v>1485</v>
-      </c>
-[...1 lines deleted...]
-        <v>1486</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B377" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C377" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D377" t="s">
         <v>1487</v>
       </c>
-      <c r="D377" t="s">
+      <c r="E377" s="2" t="s">
         <v>1488</v>
       </c>
-      <c r="E377" s="2" t="s">
+      <c r="F377" s="2" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B378" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C378" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D378" t="s">
         <v>1491</v>
       </c>
-      <c r="D378" t="s">
+      <c r="E378" s="2" t="s">
         <v>1492</v>
       </c>
-      <c r="E378" s="2" t="s">
+      <c r="F378" s="2" t="s">
         <v>1493</v>
-      </c>
-[...1 lines deleted...]
-        <v>1494</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B379" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C379" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D379" t="s">
         <v>1495</v>
       </c>
-      <c r="D379" t="s">
+      <c r="E379" s="2" t="s">
         <v>1496</v>
       </c>
-      <c r="E379" s="2" t="s">
+      <c r="F379" s="2" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B380" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C380" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D380" t="s">
         <v>1499</v>
       </c>
-      <c r="D380" t="s">
+      <c r="E380" s="2" t="s">
         <v>1500</v>
       </c>
-      <c r="E380" s="2" t="s">
+      <c r="F380" s="2" t="s">
         <v>1501</v>
-      </c>
-[...1 lines deleted...]
-        <v>1502</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B381" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C381" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D381" t="s">
         <v>1503</v>
       </c>
-      <c r="D381" t="s">
+      <c r="E381" s="2" t="s">
         <v>1504</v>
       </c>
-      <c r="E381" s="2" t="s">
+      <c r="F381" s="2" t="s">
         <v>1505</v>
-      </c>
-[...1 lines deleted...]
-        <v>1506</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B382" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C382" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D382" t="s">
         <v>1507</v>
       </c>
-      <c r="D382" t="s">
+      <c r="E382" s="2" t="s">
         <v>1508</v>
       </c>
-      <c r="E382" s="2" t="s">
+      <c r="F382" s="2" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B383" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C383" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D383" t="s">
         <v>1511</v>
       </c>
-      <c r="D383" t="s">
+      <c r="E383" s="2" t="s">
         <v>1512</v>
       </c>
-      <c r="E383" s="2" t="s">
+      <c r="F383" s="2" t="s">
         <v>1513</v>
-      </c>
-[...1 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B384" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C384" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D384" t="s">
         <v>1515</v>
       </c>
-      <c r="D384" t="s">
+      <c r="E384" s="2" t="s">
         <v>1516</v>
       </c>
-      <c r="E384" s="2" t="s">
+      <c r="F384" s="2" t="s">
         <v>1517</v>
-      </c>
-[...1 lines deleted...]
-        <v>1518</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B385" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C385" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D385" t="s">
         <v>1519</v>
       </c>
-      <c r="D385" t="s">
+      <c r="E385" s="2" t="s">
         <v>1520</v>
       </c>
-      <c r="E385" s="2" t="s">
+      <c r="F385" s="2" t="s">
         <v>1521</v>
-      </c>
-[...1 lines deleted...]
-        <v>1522</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B386" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C386" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E386" s="2" t="s">
         <v>1523</v>
       </c>
-      <c r="D386" t="s">
+      <c r="F386" s="2" t="s">
         <v>1524</v>
-      </c>
-[...4 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B387" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C387" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E387" s="2" t="s">
         <v>1527</v>
       </c>
-      <c r="D387" t="s">
+      <c r="F387" s="2" t="s">
         <v>1528</v>
-      </c>
-[...4 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B388" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C388" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E388" s="2" t="s">
         <v>1531</v>
       </c>
-      <c r="D388" t="s">
+      <c r="F388" s="2" t="s">
         <v>1532</v>
-      </c>
-[...4 lines deleted...]
-        <v>1534</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B389" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C389" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E389" s="2" t="s">
         <v>1535</v>
       </c>
-      <c r="D389" t="s">
+      <c r="F389" s="2" t="s">
         <v>1536</v>
-      </c>
-[...4 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B390" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C390" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E390" s="2" t="s">
         <v>1539</v>
       </c>
-      <c r="D390" t="s">
+      <c r="F390" s="2" t="s">
         <v>1540</v>
-      </c>
-[...4 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B391" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C391" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E391" s="2" t="s">
         <v>1543</v>
       </c>
-      <c r="D391" t="s">
+      <c r="F391" s="2" t="s">
         <v>1544</v>
-      </c>
-[...4 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1360</v>
+        <v>1388</v>
       </c>
       <c r="B392" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="C392" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E392" s="2" t="s">
         <v>1547</v>
       </c>
-      <c r="D392" t="s">
+      <c r="F392" s="2" t="s">
         <v>1548</v>
-      </c>
-[...4 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E393" s="2" t="s">
         <v>1551</v>
       </c>
-      <c r="B393" t="s">
+      <c r="F393" s="2" t="s">
         <v>1552</v>
-      </c>
-[...10 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B394" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C394" t="s">
-        <v>339</v>
+        <v>1553</v>
       </c>
       <c r="D394" t="s">
-        <v>340</v>
+        <v>1554</v>
       </c>
       <c r="E394" s="2" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F394" s="2" t="s">
         <v>1556</v>
-      </c>
-[...1 lines deleted...]
-        <v>1557</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B395" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C395" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D395" t="s">
         <v>1558</v>
       </c>
-      <c r="D395" t="s">
+      <c r="E395" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="E395" s="2" t="s">
+      <c r="F395" s="2" t="s">
         <v>1560</v>
-      </c>
-[...1 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B396" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C396" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D396" t="s">
         <v>1562</v>
       </c>
-      <c r="D396" t="s">
+      <c r="E396" s="2" t="s">
         <v>1563</v>
       </c>
-      <c r="E396" s="2" t="s">
+      <c r="F396" s="2" t="s">
         <v>1564</v>
-      </c>
-[...1 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B397" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C397" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D397" t="s">
         <v>1566</v>
       </c>
-      <c r="D397" t="s">
+      <c r="E397" s="2" t="s">
         <v>1567</v>
       </c>
-      <c r="E397" s="2" t="s">
+      <c r="F397" s="2" t="s">
         <v>1568</v>
-      </c>
-[...1 lines deleted...]
-        <v>1569</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B398" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C398" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="D398" t="s">
         <v>1570</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>1571</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B399" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C399" t="s">
         <v>1573</v>
       </c>
       <c r="D399" t="s">
         <v>1574</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>1575</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B400" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C400" t="s">
         <v>1577</v>
       </c>
       <c r="D400" t="s">
-        <v>1251</v>
+        <v>1578</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B401" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C401" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D401" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B402" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C402" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="D402" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B403" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C403" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D403" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B404" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C404" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="D404" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1551</v>
+        <v>1388</v>
       </c>
       <c r="B405" t="s">
-        <v>1552</v>
+        <v>1389</v>
       </c>
       <c r="C405" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D405" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1551</v>
+        <v>1601</v>
       </c>
       <c r="B406" t="s">
-        <v>1552</v>
+        <v>1602</v>
       </c>
       <c r="C406" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="D406" t="s">
-        <v>1601</v>
+        <v>1534</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1551</v>
+        <v>1601</v>
       </c>
       <c r="B407" t="s">
-        <v>1552</v>
+        <v>1602</v>
       </c>
       <c r="C407" t="s">
-        <v>1604</v>
+        <v>347</v>
       </c>
       <c r="D407" t="s">
-        <v>1605</v>
+        <v>348</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1551</v>
+        <v>1601</v>
       </c>
       <c r="B408" t="s">
-        <v>1552</v>
+        <v>1602</v>
       </c>
       <c r="C408" t="s">
-        <v>399</v>
+        <v>1608</v>
       </c>
       <c r="D408" t="s">
-        <v>400</v>
+        <v>1609</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>401</v>
+        <v>1610</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1551</v>
+        <v>1601</v>
       </c>
       <c r="B409" t="s">
-        <v>1552</v>
+        <v>1602</v>
       </c>
       <c r="C409" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="D409" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1551</v>
+        <v>1601</v>
       </c>
       <c r="B410" t="s">
-        <v>1552</v>
+        <v>1602</v>
       </c>
       <c r="C410" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="D410" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1551</v>
+        <v>1601</v>
       </c>
       <c r="B411" t="s">
-        <v>1552</v>
+        <v>1602</v>
       </c>
       <c r="C411" t="s">
-        <v>1148</v>
+        <v>1620</v>
       </c>
       <c r="D411" t="s">
-        <v>1149</v>
+        <v>1620</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B412" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C412" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="D412" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B413" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C413" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D413" t="s">
-        <v>1626</v>
+        <v>1283</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B414" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C414" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="D414" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B415" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C415" t="s">
-        <v>286</v>
+        <v>1634</v>
       </c>
       <c r="D415" t="s">
-        <v>287</v>
+        <v>1635</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B416" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C416" t="s">
-        <v>523</v>
+        <v>1638</v>
       </c>
       <c r="D416" t="s">
-        <v>524</v>
+        <v>1639</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B417" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C417" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="D417" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B418" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C418" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="D418" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B419" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C419" t="s">
-        <v>555</v>
+        <v>1650</v>
       </c>
       <c r="D419" t="s">
-        <v>556</v>
+        <v>1651</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B420" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C420" t="s">
-        <v>294</v>
+        <v>1654</v>
       </c>
       <c r="D420" t="s">
-        <v>295</v>
+        <v>1655</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>296</v>
+        <v>1656</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>297</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B421" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C421" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="D421" t="s">
-        <v>1648</v>
+        <v>1659</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1649</v>
+        <v>1660</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1650</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B422" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C422" t="s">
-        <v>1651</v>
+        <v>1662</v>
       </c>
       <c r="D422" t="s">
-        <v>1652</v>
+        <v>1663</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1653</v>
+        <v>1664</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1654</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1619</v>
+        <v>1601</v>
       </c>
       <c r="B423" t="s">
-        <v>1620</v>
+        <v>1602</v>
       </c>
       <c r="C423" t="s">
-        <v>1655</v>
+        <v>1180</v>
       </c>
       <c r="D423" t="s">
-        <v>1656</v>
+        <v>1181</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B424" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C424" t="s">
-        <v>1659</v>
+        <v>1670</v>
       </c>
       <c r="D424" t="s">
-        <v>1660</v>
+        <v>1671</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1661</v>
+        <v>1672</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1662</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B425" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C425" t="s">
-        <v>1663</v>
+        <v>1674</v>
       </c>
       <c r="D425" t="s">
-        <v>1664</v>
+        <v>1675</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1665</v>
+        <v>1676</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1666</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B426" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C426" t="s">
-        <v>868</v>
+        <v>1678</v>
       </c>
       <c r="D426" t="s">
-        <v>869</v>
+        <v>1679</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>870</v>
+        <v>1680</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>871</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B427" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C427" t="s">
-        <v>1667</v>
+        <v>294</v>
       </c>
       <c r="D427" t="s">
-        <v>1668</v>
+        <v>295</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1669</v>
+        <v>1682</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1670</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B428" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C428" t="s">
-        <v>1671</v>
+        <v>535</v>
       </c>
       <c r="D428" t="s">
-        <v>1672</v>
+        <v>536</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1673</v>
+        <v>1684</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1674</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B429" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C429" t="s">
-        <v>876</v>
+        <v>1686</v>
       </c>
       <c r="D429" t="s">
-        <v>877</v>
+        <v>1687</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1120</v>
+        <v>1688</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1675</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B430" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C430" t="s">
-        <v>1676</v>
+        <v>1690</v>
       </c>
       <c r="D430" t="s">
-        <v>1677</v>
+        <v>1691</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1678</v>
+        <v>1692</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1679</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B431" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C431" t="s">
-        <v>884</v>
+        <v>567</v>
       </c>
       <c r="D431" t="s">
-        <v>885</v>
+        <v>568</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1680</v>
+        <v>1694</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1681</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B432" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C432" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D432" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1682</v>
+        <v>305</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B433" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C433" t="s">
-        <v>314</v>
+        <v>1696</v>
       </c>
       <c r="D433" t="s">
-        <v>315</v>
+        <v>1697</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1683</v>
+        <v>1698</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1684</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1619</v>
+        <v>1668</v>
       </c>
       <c r="B434" t="s">
-        <v>1620</v>
+        <v>1669</v>
       </c>
       <c r="C434" t="s">
-        <v>603</v>
+        <v>1700</v>
       </c>
       <c r="D434" t="s">
-        <v>604</v>
+        <v>1701</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>605</v>
+        <v>1702</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>606</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B435" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C435" t="s">
-        <v>1687</v>
+        <v>1704</v>
       </c>
       <c r="D435" t="s">
-        <v>1688</v>
+        <v>1705</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1689</v>
+        <v>1706</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1690</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B436" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C436" t="s">
-        <v>1691</v>
+        <v>1708</v>
       </c>
       <c r="D436" t="s">
-        <v>1692</v>
+        <v>1709</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1693</v>
+        <v>1710</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1694</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B437" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C437" t="s">
-        <v>1695</v>
+        <v>1712</v>
       </c>
       <c r="D437" t="s">
-        <v>1696</v>
+        <v>1713</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1697</v>
+        <v>1714</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1698</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B438" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C438" t="s">
-        <v>1699</v>
+        <v>876</v>
       </c>
       <c r="D438" t="s">
-        <v>1700</v>
+        <v>877</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1701</v>
+        <v>878</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1702</v>
+        <v>879</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B439" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C439" t="s">
-        <v>1703</v>
+        <v>1716</v>
       </c>
       <c r="D439" t="s">
-        <v>1704</v>
+        <v>1717</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1705</v>
+        <v>1718</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1706</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B440" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C440" t="s">
-        <v>1707</v>
+        <v>1720</v>
       </c>
       <c r="D440" t="s">
-        <v>1708</v>
+        <v>1721</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1709</v>
+        <v>1722</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1710</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B441" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C441" t="s">
-        <v>1711</v>
+        <v>884</v>
       </c>
       <c r="D441" t="s">
-        <v>1712</v>
+        <v>885</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1713</v>
+        <v>1144</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1714</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B442" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C442" t="s">
-        <v>1715</v>
+        <v>1725</v>
       </c>
       <c r="D442" t="s">
-        <v>1716</v>
+        <v>1726</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1717</v>
+        <v>1727</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1718</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B443" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C443" t="s">
-        <v>1719</v>
+        <v>892</v>
       </c>
       <c r="D443" t="s">
-        <v>1720</v>
+        <v>893</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B444" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C444" t="s">
-        <v>1723</v>
+        <v>314</v>
       </c>
       <c r="D444" t="s">
-        <v>1724</v>
+        <v>315</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1725</v>
+        <v>316</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B445" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C445" t="s">
-        <v>1727</v>
+        <v>611</v>
       </c>
       <c r="D445" t="s">
-        <v>1728</v>
+        <v>612</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1729</v>
+        <v>613</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1730</v>
+        <v>614</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1685</v>
+        <v>1668</v>
       </c>
       <c r="B446" t="s">
-        <v>1686</v>
+        <v>1669</v>
       </c>
       <c r="C446" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D446" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B447" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C447" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="D447" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B448" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C448" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="D448" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B449" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C449" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="D449" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B450" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C450" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="D450" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B451" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C451" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="D451" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B452" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C452" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="D452" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B453" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C453" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="D453" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B454" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C454" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="D454" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B455" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C455" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="D455" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B456" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C456" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="D456" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B457" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C457" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="D457" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B458" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C458" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="D458" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B459" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C459" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="D459" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B460" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C460" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="D460" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B461" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C461" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="D461" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B462" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C462" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="D462" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B463" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C463" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="D463" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B464" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C464" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="D464" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B465" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C465" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="D465" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B466" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C466" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="D466" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B467" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C467" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
       <c r="D467" t="s">
-        <v>1815</v>
+        <v>1819</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1816</v>
+        <v>1820</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1817</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B468" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C468" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="D468" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B469" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C469" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="D469" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1685</v>
+        <v>1736</v>
       </c>
       <c r="B470" t="s">
-        <v>1686</v>
+        <v>1737</v>
       </c>
       <c r="C470" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="D470" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1830</v>
+        <v>1736</v>
       </c>
       <c r="B471" t="s">
-        <v>1831</v>
+        <v>1737</v>
       </c>
       <c r="C471" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="D471" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1830</v>
+        <v>1736</v>
       </c>
       <c r="B472" t="s">
-        <v>1831</v>
+        <v>1737</v>
       </c>
       <c r="C472" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="D472" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1830</v>
+        <v>1736</v>
       </c>
       <c r="B473" t="s">
-        <v>1831</v>
+        <v>1737</v>
       </c>
       <c r="C473" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="D473" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1830</v>
+        <v>1736</v>
       </c>
       <c r="B474" t="s">
-        <v>1831</v>
+        <v>1737</v>
       </c>
       <c r="C474" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="D474" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1830</v>
+        <v>1736</v>
       </c>
       <c r="B475" t="s">
-        <v>1831</v>
+        <v>1737</v>
       </c>
       <c r="C475" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="D475" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1852</v>
+        <v>1736</v>
       </c>
       <c r="B476" t="s">
-        <v>1853</v>
+        <v>1737</v>
       </c>
       <c r="C476" t="s">
         <v>1854</v>
       </c>
       <c r="D476" t="s">
         <v>1855</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>1856</v>
       </c>
       <c r="F476" s="2" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1852</v>
+        <v>1736</v>
       </c>
       <c r="B477" t="s">
-        <v>1853</v>
+        <v>1737</v>
       </c>
       <c r="C477" t="s">
-        <v>1719</v>
+        <v>1858</v>
       </c>
       <c r="D477" t="s">
-        <v>1720</v>
+        <v>1859</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1852</v>
+        <v>1736</v>
       </c>
       <c r="B478" t="s">
-        <v>1853</v>
+        <v>1737</v>
       </c>
       <c r="C478" t="s">
-        <v>1763</v>
+        <v>1862</v>
       </c>
       <c r="D478" t="s">
-        <v>1764</v>
+        <v>1863</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1852</v>
+        <v>1736</v>
       </c>
       <c r="B479" t="s">
-        <v>1853</v>
+        <v>1737</v>
       </c>
       <c r="C479" t="s">
-        <v>1771</v>
+        <v>1866</v>
       </c>
       <c r="D479" t="s">
-        <v>1772</v>
+        <v>1867</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1862</v>
+        <v>1868</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1863</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1852</v>
+        <v>1736</v>
       </c>
       <c r="B480" t="s">
-        <v>1853</v>
+        <v>1737</v>
       </c>
       <c r="C480" t="s">
-        <v>1795</v>
+        <v>1870</v>
       </c>
       <c r="D480" t="s">
-        <v>1796</v>
+        <v>1871</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1864</v>
+        <v>1872</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1852</v>
+        <v>1736</v>
       </c>
       <c r="B481" t="s">
-        <v>1853</v>
+        <v>1737</v>
       </c>
       <c r="C481" t="s">
-        <v>1866</v>
+        <v>1874</v>
       </c>
       <c r="D481" t="s">
-        <v>1867</v>
+        <v>1875</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1869</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1852</v>
+        <v>1736</v>
       </c>
       <c r="B482" t="s">
-        <v>1853</v>
+        <v>1737</v>
       </c>
       <c r="C482" t="s">
-        <v>1799</v>
+        <v>1878</v>
       </c>
       <c r="D482" t="s">
-        <v>1800</v>
+        <v>1879</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1870</v>
+        <v>1880</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1871</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1872</v>
+        <v>1736</v>
       </c>
       <c r="B483" t="s">
-        <v>1873</v>
+        <v>1737</v>
       </c>
       <c r="C483" t="s">
-        <v>523</v>
+        <v>1882</v>
       </c>
       <c r="D483" t="s">
-        <v>524</v>
+        <v>1882</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1635</v>
+        <v>1883</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1636</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1872</v>
+        <v>1736</v>
       </c>
       <c r="B484" t="s">
-        <v>1873</v>
+        <v>1737</v>
       </c>
       <c r="C484" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="D484" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1872</v>
+        <v>1736</v>
       </c>
       <c r="B485" t="s">
-        <v>1873</v>
+        <v>1737</v>
       </c>
       <c r="C485" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="D485" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1872</v>
+        <v>1736</v>
       </c>
       <c r="B486" t="s">
-        <v>1873</v>
+        <v>1737</v>
       </c>
       <c r="C486" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="D486" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1884</v>
+        <v>1895</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1885</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1872</v>
+        <v>1736</v>
       </c>
       <c r="B487" t="s">
-        <v>1873</v>
+        <v>1737</v>
       </c>
       <c r="C487" t="s">
-        <v>1886</v>
+        <v>1897</v>
       </c>
       <c r="D487" t="s">
-        <v>1887</v>
+        <v>1898</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1888</v>
+        <v>1899</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1889</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1872</v>
+        <v>1736</v>
       </c>
       <c r="B488" t="s">
-        <v>1873</v>
+        <v>1737</v>
       </c>
       <c r="C488" t="s">
-        <v>1890</v>
+        <v>1901</v>
       </c>
       <c r="D488" t="s">
-        <v>1891</v>
+        <v>1902</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1893</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1872</v>
+        <v>1736</v>
       </c>
       <c r="B489" t="s">
-        <v>1873</v>
+        <v>1737</v>
       </c>
       <c r="C489" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
       <c r="D489" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1896</v>
+        <v>1907</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1897</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1872</v>
+        <v>1909</v>
       </c>
       <c r="B490" t="s">
-        <v>1873</v>
+        <v>1910</v>
       </c>
       <c r="C490" t="s">
-        <v>294</v>
+        <v>1911</v>
       </c>
       <c r="D490" t="s">
-        <v>295</v>
+        <v>1912</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>296</v>
+        <v>1913</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>297</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1872</v>
+        <v>1909</v>
       </c>
       <c r="B491" t="s">
-        <v>1873</v>
+        <v>1910</v>
       </c>
       <c r="C491" t="s">
-        <v>1898</v>
+        <v>1915</v>
       </c>
       <c r="D491" t="s">
-        <v>1899</v>
+        <v>1916</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1900</v>
+        <v>1917</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1901</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1872</v>
+        <v>1909</v>
       </c>
       <c r="B492" t="s">
-        <v>1873</v>
+        <v>1910</v>
       </c>
       <c r="C492" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
       <c r="D492" t="s">
-        <v>1903</v>
+        <v>1920</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1904</v>
+        <v>1921</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1905</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1872</v>
+        <v>1909</v>
       </c>
       <c r="B493" t="s">
-        <v>1873</v>
+        <v>1910</v>
       </c>
       <c r="C493" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="D493" t="s">
-        <v>1907</v>
+        <v>1924</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1908</v>
+        <v>1925</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1909</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1872</v>
+        <v>1909</v>
       </c>
       <c r="B494" t="s">
-        <v>1873</v>
+        <v>1910</v>
       </c>
       <c r="C494" t="s">
-        <v>868</v>
+        <v>1927</v>
       </c>
       <c r="D494" t="s">
-        <v>869</v>
+        <v>1928</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>870</v>
+        <v>1929</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>871</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1872</v>
+        <v>1931</v>
       </c>
       <c r="B495" t="s">
-        <v>1873</v>
+        <v>1932</v>
       </c>
       <c r="C495" t="s">
-        <v>1667</v>
+        <v>1933</v>
       </c>
       <c r="D495" t="s">
-        <v>1668</v>
+        <v>1934</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1910</v>
+        <v>1935</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1911</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1872</v>
+        <v>1931</v>
       </c>
       <c r="B496" t="s">
-        <v>1873</v>
+        <v>1932</v>
       </c>
       <c r="C496" t="s">
-        <v>1912</v>
+        <v>1770</v>
       </c>
       <c r="D496" t="s">
-        <v>1913</v>
+        <v>1771</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1914</v>
+        <v>1937</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1915</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1872</v>
+        <v>1931</v>
       </c>
       <c r="B497" t="s">
-        <v>1873</v>
+        <v>1932</v>
       </c>
       <c r="C497" t="s">
-        <v>302</v>
+        <v>1822</v>
       </c>
       <c r="D497" t="s">
-        <v>303</v>
+        <v>1823</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>304</v>
+        <v>1939</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>305</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1872</v>
+        <v>1931</v>
       </c>
       <c r="B498" t="s">
-        <v>1873</v>
+        <v>1932</v>
       </c>
       <c r="C498" t="s">
-        <v>876</v>
+        <v>1830</v>
       </c>
       <c r="D498" t="s">
-        <v>877</v>
+        <v>1831</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1120</v>
+        <v>1941</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1916</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1872</v>
+        <v>1931</v>
       </c>
       <c r="B499" t="s">
-        <v>1873</v>
+        <v>1932</v>
       </c>
       <c r="C499" t="s">
-        <v>880</v>
+        <v>1862</v>
       </c>
       <c r="D499" t="s">
-        <v>881</v>
+        <v>1863</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1917</v>
+        <v>1943</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1918</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1872</v>
+        <v>1931</v>
       </c>
       <c r="B500" t="s">
-        <v>1873</v>
+        <v>1932</v>
       </c>
       <c r="C500" t="s">
-        <v>306</v>
+        <v>1945</v>
       </c>
       <c r="D500" t="s">
-        <v>307</v>
+        <v>1946</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>308</v>
+        <v>1947</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1919</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1872</v>
+        <v>1931</v>
       </c>
       <c r="B501" t="s">
-        <v>1873</v>
+        <v>1932</v>
       </c>
       <c r="C501" t="s">
-        <v>1920</v>
+        <v>1866</v>
       </c>
       <c r="D501" t="s">
-        <v>1921</v>
+        <v>1867</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1922</v>
+        <v>1949</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1923</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1872</v>
+        <v>1951</v>
       </c>
       <c r="B502" t="s">
-        <v>1873</v>
+        <v>1952</v>
       </c>
       <c r="C502" t="s">
-        <v>314</v>
+        <v>535</v>
       </c>
       <c r="D502" t="s">
-        <v>315</v>
+        <v>536</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>316</v>
+        <v>1684</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1924</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B503" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C503" t="s">
-        <v>1927</v>
+        <v>1953</v>
       </c>
       <c r="D503" t="s">
-        <v>1928</v>
+        <v>1954</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1929</v>
+        <v>1955</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1930</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B504" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C504" t="s">
-        <v>1931</v>
+        <v>1957</v>
       </c>
       <c r="D504" t="s">
-        <v>1932</v>
+        <v>1958</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1933</v>
+        <v>1959</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1934</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B505" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C505" t="s">
-        <v>1935</v>
+        <v>1961</v>
       </c>
       <c r="D505" t="s">
-        <v>1936</v>
+        <v>1962</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1937</v>
+        <v>1963</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1938</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B506" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C506" t="s">
-        <v>1939</v>
+        <v>1965</v>
       </c>
       <c r="D506" t="s">
-        <v>1940</v>
+        <v>1966</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>1941</v>
+        <v>1967</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1942</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B507" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C507" t="s">
-        <v>1943</v>
+        <v>1969</v>
       </c>
       <c r="D507" t="s">
-        <v>1944</v>
+        <v>1970</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1945</v>
+        <v>1971</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1946</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B508" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C508" t="s">
-        <v>1947</v>
+        <v>1973</v>
       </c>
       <c r="D508" t="s">
-        <v>1948</v>
+        <v>1974</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1949</v>
+        <v>1975</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1950</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B509" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C509" t="s">
-        <v>1951</v>
+        <v>302</v>
       </c>
       <c r="D509" t="s">
-        <v>1952</v>
+        <v>303</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1953</v>
+        <v>304</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1954</v>
+        <v>305</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B510" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C510" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="D510" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1957</v>
+        <v>1979</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1958</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B511" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C511" t="s">
-        <v>1959</v>
+        <v>1981</v>
       </c>
       <c r="D511" t="s">
-        <v>1960</v>
+        <v>1982</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1961</v>
+        <v>1983</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1962</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B512" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C512" t="s">
-        <v>66</v>
+        <v>1985</v>
       </c>
       <c r="D512" t="s">
-        <v>67</v>
+        <v>1986</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1963</v>
+        <v>1987</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1964</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B513" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C513" t="s">
-        <v>1965</v>
+        <v>876</v>
       </c>
       <c r="D513" t="s">
-        <v>1966</v>
+        <v>877</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1967</v>
+        <v>878</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1968</v>
+        <v>879</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B514" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C514" t="s">
-        <v>1969</v>
+        <v>1716</v>
       </c>
       <c r="D514" t="s">
-        <v>1970</v>
+        <v>1717</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1971</v>
+        <v>1989</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1972</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B515" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C515" t="s">
-        <v>1973</v>
+        <v>1991</v>
       </c>
       <c r="D515" t="s">
-        <v>1974</v>
+        <v>1992</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1976</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="B516" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
       <c r="C516" t="s">
-        <v>1977</v>
+        <v>310</v>
       </c>
       <c r="D516" t="s">
-        <v>1978</v>
+        <v>311</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1979</v>
+        <v>312</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1980</v>
+        <v>313</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1981</v>
+        <v>1951</v>
       </c>
       <c r="B517" t="s">
-        <v>1982</v>
+        <v>1952</v>
       </c>
       <c r="C517" t="s">
-        <v>1983</v>
+        <v>884</v>
       </c>
       <c r="D517" t="s">
-        <v>1984</v>
+        <v>885</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1985</v>
+        <v>1144</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1986</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1981</v>
+        <v>1951</v>
       </c>
       <c r="B518" t="s">
-        <v>1982</v>
+        <v>1952</v>
       </c>
       <c r="C518" t="s">
-        <v>1987</v>
+        <v>888</v>
       </c>
       <c r="D518" t="s">
-        <v>1988</v>
+        <v>889</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1990</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1981</v>
+        <v>1951</v>
       </c>
       <c r="B519" t="s">
-        <v>1982</v>
+        <v>1952</v>
       </c>
       <c r="C519" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="D519" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1991</v>
+        <v>316</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1992</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1981</v>
+        <v>1951</v>
       </c>
       <c r="B520" t="s">
-        <v>1982</v>
+        <v>1952</v>
       </c>
       <c r="C520" t="s">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="D520" t="s">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1996</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1997</v>
+        <v>1951</v>
       </c>
       <c r="B521" t="s">
-        <v>1998</v>
+        <v>1952</v>
       </c>
       <c r="C521" t="s">
-        <v>1999</v>
+        <v>322</v>
       </c>
       <c r="D521" t="s">
-        <v>2000</v>
+        <v>323</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>2001</v>
+        <v>324</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B522" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C522" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="D522" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B523" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C523" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="D523" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B524" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C524" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="D524" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B525" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C525" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="D525" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B526" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C526" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="D526" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B527" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C527" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="D527" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B528" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C528" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="D528" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B529" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C529" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="D529" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="B530" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="C530" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="D530" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2039</v>
+        <v>2004</v>
       </c>
       <c r="B531" t="s">
-        <v>2040</v>
+        <v>2005</v>
       </c>
       <c r="C531" t="s">
-        <v>2041</v>
+        <v>66</v>
       </c>
       <c r="D531" t="s">
+        <v>67</v>
+      </c>
+      <c r="E531" s="2" t="s">
         <v>2042</v>
       </c>
-      <c r="E531" s="2" t="s">
+      <c r="F531" s="2" t="s">
         <v>2043</v>
-      </c>
-[...1 lines deleted...]
-        <v>2044</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2039</v>
+        <v>2004</v>
       </c>
       <c r="B532" t="s">
-        <v>2040</v>
+        <v>2005</v>
       </c>
       <c r="C532" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D532" t="s">
         <v>2045</v>
       </c>
-      <c r="D532" t="s">
+      <c r="E532" s="2" t="s">
         <v>2046</v>
       </c>
-      <c r="E532" s="2" t="s">
+      <c r="F532" s="2" t="s">
         <v>2047</v>
-      </c>
-[...1 lines deleted...]
-        <v>2048</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2039</v>
+        <v>2004</v>
       </c>
       <c r="B533" t="s">
-        <v>2040</v>
+        <v>2005</v>
       </c>
       <c r="C533" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D533" t="s">
         <v>2049</v>
       </c>
-      <c r="D533" t="s">
+      <c r="E533" s="2" t="s">
         <v>2050</v>
       </c>
-      <c r="E533" s="2" t="s">
+      <c r="F533" s="2" t="s">
         <v>2051</v>
-      </c>
-[...1 lines deleted...]
-        <v>2052</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2039</v>
+        <v>2004</v>
       </c>
       <c r="B534" t="s">
-        <v>2040</v>
+        <v>2005</v>
       </c>
       <c r="C534" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D534" t="s">
         <v>2053</v>
       </c>
-      <c r="D534" t="s">
+      <c r="E534" s="2" t="s">
         <v>2054</v>
       </c>
-      <c r="E534" s="2" t="s">
+      <c r="F534" s="2" t="s">
         <v>2055</v>
-      </c>
-[...1 lines deleted...]
-        <v>2056</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2039</v>
+        <v>2004</v>
       </c>
       <c r="B535" t="s">
-        <v>2040</v>
+        <v>2005</v>
       </c>
       <c r="C535" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D535" t="s">
         <v>2057</v>
       </c>
-      <c r="D535" t="s">
+      <c r="E535" s="2" t="s">
         <v>2058</v>
       </c>
-      <c r="E535" s="2" t="s">
+      <c r="F535" s="2" t="s">
         <v>2059</v>
-      </c>
-[...1 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2039</v>
+        <v>2060</v>
       </c>
       <c r="B536" t="s">
-        <v>2040</v>
+        <v>2061</v>
       </c>
       <c r="C536" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="D536" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>2039</v>
+        <v>2060</v>
       </c>
       <c r="B537" t="s">
-        <v>2040</v>
+        <v>2061</v>
       </c>
       <c r="C537" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="D537" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>2039</v>
+        <v>2060</v>
       </c>
       <c r="B538" t="s">
-        <v>2040</v>
+        <v>2061</v>
       </c>
       <c r="C538" t="s">
-        <v>2069</v>
+        <v>310</v>
       </c>
       <c r="D538" t="s">
+        <v>311</v>
+      </c>
+      <c r="E538" s="2" t="s">
         <v>2070</v>
       </c>
-      <c r="E538" s="2" t="s">
+      <c r="F538" s="2" t="s">
         <v>2071</v>
-      </c>
-[...1 lines deleted...]
-        <v>2072</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2039</v>
+        <v>2060</v>
       </c>
       <c r="B539" t="s">
-        <v>2040</v>
+        <v>2061</v>
       </c>
       <c r="C539" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D539" t="s">
         <v>2073</v>
       </c>
-      <c r="D539" t="s">
+      <c r="E539" s="2" t="s">
         <v>2074</v>
       </c>
-      <c r="E539" s="2" t="s">
+      <c r="F539" s="2" t="s">
         <v>2075</v>
-      </c>
-[...1 lines deleted...]
-        <v>2076</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B540" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C540" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="D540" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B541" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C541" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="D541" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B542" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C542" t="s">
-        <v>551</v>
+        <v>2086</v>
       </c>
       <c r="D542" t="s">
-        <v>552</v>
+        <v>2087</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B543" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C543" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="D543" t="s">
-        <v>1875</v>
+        <v>2091</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B544" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C544" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="D544" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B545" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C545" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="D545" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B546" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C546" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="D546" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B547" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C547" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="D547" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2039</v>
+        <v>2076</v>
       </c>
       <c r="B548" t="s">
-        <v>2040</v>
+        <v>2077</v>
       </c>
       <c r="C548" t="s">
-        <v>880</v>
+        <v>2110</v>
       </c>
       <c r="D548" t="s">
-        <v>881</v>
+        <v>2111</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>2106</v>
+        <v>2112</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2107</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2108</v>
+        <v>2076</v>
       </c>
       <c r="B549" t="s">
-        <v>2109</v>
+        <v>2077</v>
       </c>
       <c r="C549" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="D549" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2108</v>
+        <v>2118</v>
       </c>
       <c r="B550" t="s">
-        <v>2109</v>
+        <v>2119</v>
       </c>
       <c r="C550" t="s">
-        <v>2114</v>
+        <v>2120</v>
       </c>
       <c r="D550" t="s">
-        <v>2115</v>
+        <v>2121</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2116</v>
+        <v>2122</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>2117</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2108</v>
+        <v>2118</v>
       </c>
       <c r="B551" t="s">
-        <v>2109</v>
+        <v>2119</v>
       </c>
       <c r="C551" t="s">
-        <v>868</v>
+        <v>2124</v>
       </c>
       <c r="D551" t="s">
-        <v>869</v>
+        <v>2125</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>870</v>
+        <v>2126</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>871</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2108</v>
+        <v>2118</v>
       </c>
       <c r="B552" t="s">
-        <v>2109</v>
+        <v>2119</v>
       </c>
       <c r="C552" t="s">
-        <v>2118</v>
+        <v>2128</v>
       </c>
       <c r="D552" t="s">
-        <v>2119</v>
+        <v>2129</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2120</v>
+        <v>2130</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2121</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B553" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C553" t="s">
-        <v>2124</v>
+        <v>2132</v>
       </c>
       <c r="D553" t="s">
-        <v>2125</v>
+        <v>2133</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2127</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B554" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C554" t="s">
-        <v>523</v>
+        <v>2136</v>
       </c>
       <c r="D554" t="s">
-        <v>524</v>
+        <v>2137</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2129</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B555" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C555" t="s">
-        <v>2130</v>
+        <v>2140</v>
       </c>
       <c r="D555" t="s">
-        <v>2131</v>
+        <v>2141</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2132</v>
+        <v>2142</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2133</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B556" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C556" t="s">
-        <v>2134</v>
+        <v>2144</v>
       </c>
       <c r="D556" t="s">
-        <v>2135</v>
+        <v>2145</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2136</v>
+        <v>2146</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2137</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B557" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C557" t="s">
-        <v>2138</v>
+        <v>2148</v>
       </c>
       <c r="D557" t="s">
-        <v>2139</v>
+        <v>2149</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2140</v>
+        <v>2150</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>2141</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B558" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C558" t="s">
-        <v>2142</v>
+        <v>2152</v>
       </c>
       <c r="D558" t="s">
-        <v>2143</v>
+        <v>2153</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>2144</v>
+        <v>2154</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2145</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B559" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C559" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
       <c r="D559" t="s">
-        <v>2147</v>
+        <v>2157</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2148</v>
+        <v>2158</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>2149</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B560" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C560" t="s">
-        <v>2150</v>
+        <v>2160</v>
       </c>
       <c r="D560" t="s">
-        <v>2151</v>
+        <v>2161</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2152</v>
+        <v>2162</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>2153</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B561" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C561" t="s">
-        <v>2154</v>
+        <v>2164</v>
       </c>
       <c r="D561" t="s">
-        <v>2155</v>
+        <v>2165</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2156</v>
+        <v>2166</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2157</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B562" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C562" t="s">
-        <v>2158</v>
+        <v>563</v>
       </c>
       <c r="D562" t="s">
-        <v>2159</v>
+        <v>564</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>2161</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B563" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C563" t="s">
-        <v>2162</v>
+        <v>2170</v>
       </c>
       <c r="D563" t="s">
-        <v>2163</v>
+        <v>1954</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>2164</v>
+        <v>2171</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>2165</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B564" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C564" t="s">
-        <v>2166</v>
+        <v>2173</v>
       </c>
       <c r="D564" t="s">
-        <v>2167</v>
+        <v>2174</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2168</v>
+        <v>2175</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2169</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B565" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C565" t="s">
-        <v>2118</v>
+        <v>2177</v>
       </c>
       <c r="D565" t="s">
-        <v>2119</v>
+        <v>2178</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>2170</v>
+        <v>2179</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2171</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B566" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C566" t="s">
-        <v>884</v>
+        <v>2181</v>
       </c>
       <c r="D566" t="s">
-        <v>885</v>
+        <v>2182</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>2172</v>
+        <v>2183</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>2173</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="B567" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C567" t="s">
-        <v>2174</v>
+        <v>2185</v>
       </c>
       <c r="D567" t="s">
-        <v>2175</v>
+        <v>2186</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>2176</v>
+        <v>2187</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>2177</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2122</v>
+        <v>2189</v>
       </c>
       <c r="B568" t="s">
-        <v>2123</v>
+        <v>2190</v>
       </c>
       <c r="C568" t="s">
-        <v>2178</v>
+        <v>2191</v>
       </c>
       <c r="D568" t="s">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>2180</v>
+        <v>2193</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2122</v>
+        <v>2189</v>
       </c>
       <c r="B569" t="s">
-        <v>2123</v>
+        <v>2190</v>
       </c>
       <c r="C569" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="D569" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2185</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2122</v>
+        <v>2189</v>
       </c>
       <c r="B570" t="s">
-        <v>2123</v>
+        <v>2190</v>
       </c>
       <c r="C570" t="s">
-        <v>2186</v>
+        <v>2199</v>
       </c>
       <c r="D570" t="s">
-        <v>2187</v>
+        <v>2200</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>2188</v>
+        <v>2201</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>2189</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2122</v>
+        <v>2189</v>
       </c>
       <c r="B571" t="s">
-        <v>2123</v>
+        <v>2190</v>
       </c>
       <c r="C571" t="s">
-        <v>2190</v>
+        <v>876</v>
       </c>
       <c r="D571" t="s">
-        <v>2191</v>
+        <v>877</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>2192</v>
+        <v>878</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>2193</v>
+        <v>879</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2194</v>
+        <v>2189</v>
       </c>
       <c r="B572" t="s">
-        <v>2195</v>
+        <v>2190</v>
       </c>
       <c r="C572" t="s">
-        <v>2196</v>
+        <v>2203</v>
       </c>
       <c r="D572" t="s">
-        <v>2197</v>
+        <v>2204</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2198</v>
+        <v>2205</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>2199</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="B573" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="C573" t="s">
-        <v>2200</v>
+        <v>2209</v>
       </c>
       <c r="D573" t="s">
-        <v>2201</v>
+        <v>2210</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>2202</v>
+        <v>2211</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2203</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="B574" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="C574" t="s">
-        <v>2204</v>
+        <v>2213</v>
       </c>
       <c r="D574" t="s">
-        <v>2205</v>
+        <v>2214</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>2206</v>
+        <v>2215</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>2207</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="B575" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="C575" t="s">
-        <v>2208</v>
+        <v>2217</v>
       </c>
       <c r="D575" t="s">
-        <v>2209</v>
+        <v>2218</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>2210</v>
+        <v>2219</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>2211</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="B576" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="C576" t="s">
-        <v>2212</v>
+        <v>2221</v>
       </c>
       <c r="D576" t="s">
-        <v>2213</v>
+        <v>2222</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>2214</v>
+        <v>2223</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>2215</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="B577" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="C577" t="s">
-        <v>2216</v>
+        <v>2225</v>
       </c>
       <c r="D577" t="s">
-        <v>2217</v>
+        <v>2226</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B578" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C578" t="s">
-        <v>2222</v>
+        <v>2229</v>
       </c>
       <c r="D578" t="s">
-        <v>2223</v>
+        <v>2230</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>2224</v>
+        <v>2231</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>2225</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B579" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C579" t="s">
-        <v>2226</v>
+        <v>2233</v>
       </c>
       <c r="D579" t="s">
-        <v>2227</v>
+        <v>2234</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>2228</v>
+        <v>2235</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>2229</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B580" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C580" t="s">
-        <v>2230</v>
+        <v>2237</v>
       </c>
       <c r="D580" t="s">
-        <v>2231</v>
+        <v>2238</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>2232</v>
+        <v>2239</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>2233</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B581" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C581" t="s">
-        <v>2234</v>
+        <v>2241</v>
       </c>
       <c r="D581" t="s">
-        <v>2235</v>
+        <v>2242</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B582" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C582" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="D582" t="s">
-        <v>2239</v>
+        <v>2246</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>2240</v>
+        <v>2247</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>2241</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B583" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C583" t="s">
-        <v>2242</v>
+        <v>2249</v>
       </c>
       <c r="D583" t="s">
-        <v>2243</v>
+        <v>2250</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>2244</v>
+        <v>2251</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>2245</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B584" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C584" t="s">
-        <v>2246</v>
+        <v>892</v>
       </c>
       <c r="D584" t="s">
-        <v>2247</v>
+        <v>893</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>2248</v>
+        <v>2253</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>2249</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B585" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C585" t="s">
-        <v>2250</v>
+        <v>2255</v>
       </c>
       <c r="D585" t="s">
-        <v>2251</v>
+        <v>2256</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2252</v>
+        <v>2257</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2253</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B586" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C586" t="s">
-        <v>2254</v>
+        <v>2259</v>
       </c>
       <c r="D586" t="s">
-        <v>2255</v>
+        <v>2260</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2256</v>
+        <v>2261</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>2257</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B587" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C587" t="s">
-        <v>2258</v>
+        <v>2263</v>
       </c>
       <c r="D587" t="s">
-        <v>2259</v>
+        <v>2264</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2260</v>
+        <v>2265</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>2261</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B588" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C588" t="s">
-        <v>2262</v>
+        <v>2267</v>
       </c>
       <c r="D588" t="s">
-        <v>2263</v>
+        <v>2268</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2264</v>
+        <v>2269</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2265</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B589" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C589" t="s">
-        <v>2266</v>
+        <v>2271</v>
       </c>
       <c r="D589" t="s">
-        <v>1875</v>
+        <v>2272</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2267</v>
+        <v>2273</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2268</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2220</v>
+        <v>2275</v>
       </c>
       <c r="B590" t="s">
-        <v>2221</v>
+        <v>2276</v>
       </c>
       <c r="C590" t="s">
-        <v>2269</v>
+        <v>2277</v>
       </c>
       <c r="D590" t="s">
-        <v>2270</v>
+        <v>2278</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2271</v>
+        <v>2279</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2220</v>
+        <v>2275</v>
       </c>
       <c r="B591" t="s">
-        <v>2221</v>
+        <v>2276</v>
       </c>
       <c r="C591" t="s">
-        <v>2273</v>
+        <v>2281</v>
       </c>
       <c r="D591" t="s">
-        <v>2274</v>
+        <v>2282</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>2276</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2220</v>
+        <v>2275</v>
       </c>
       <c r="B592" t="s">
-        <v>2221</v>
+        <v>2276</v>
       </c>
       <c r="C592" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="D592" t="s">
-        <v>2278</v>
+        <v>2286</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2279</v>
+        <v>2287</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2220</v>
+        <v>2275</v>
       </c>
       <c r="B593" t="s">
-        <v>2221</v>
+        <v>2276</v>
       </c>
       <c r="C593" t="s">
-        <v>2281</v>
+        <v>2289</v>
       </c>
       <c r="D593" t="s">
-        <v>2282</v>
+        <v>2290</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2283</v>
+        <v>2291</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>2284</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2220</v>
+        <v>2275</v>
       </c>
       <c r="B594" t="s">
-        <v>2221</v>
+        <v>2276</v>
       </c>
       <c r="C594" t="s">
-        <v>2285</v>
+        <v>2293</v>
       </c>
       <c r="D594" t="s">
-        <v>2286</v>
+        <v>2294</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2287</v>
+        <v>2295</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2220</v>
+        <v>2275</v>
       </c>
       <c r="B595" t="s">
-        <v>2221</v>
+        <v>2276</v>
       </c>
       <c r="C595" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="D595" t="s">
-        <v>1516</v>
+        <v>2298</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2290</v>
+        <v>2299</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>2291</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2220</v>
+        <v>2301</v>
       </c>
       <c r="B596" t="s">
-        <v>2221</v>
+        <v>2302</v>
       </c>
       <c r="C596" t="s">
-        <v>2292</v>
+        <v>2303</v>
       </c>
       <c r="D596" t="s">
-        <v>2293</v>
+        <v>2304</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2294</v>
+        <v>2305</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2295</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2220</v>
+        <v>2301</v>
       </c>
       <c r="B597" t="s">
-        <v>2221</v>
+        <v>2302</v>
       </c>
       <c r="C597" t="s">
-        <v>2296</v>
+        <v>2307</v>
       </c>
       <c r="D597" t="s">
-        <v>2297</v>
+        <v>2308</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2298</v>
+        <v>2309</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>2299</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2220</v>
+        <v>2301</v>
       </c>
       <c r="B598" t="s">
-        <v>2221</v>
+        <v>2302</v>
       </c>
       <c r="C598" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
       <c r="D598" t="s">
-        <v>2301</v>
+        <v>2312</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>2302</v>
+        <v>2313</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>2303</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B599" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C599" t="s">
-        <v>2306</v>
+        <v>2315</v>
       </c>
       <c r="D599" t="s">
-        <v>2307</v>
+        <v>2316</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>2308</v>
+        <v>2317</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>2309</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B600" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C600" t="s">
-        <v>2310</v>
+        <v>2319</v>
       </c>
       <c r="D600" t="s">
-        <v>2311</v>
+        <v>2320</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>2312</v>
+        <v>2321</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>2313</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B601" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C601" t="s">
-        <v>2314</v>
+        <v>2323</v>
       </c>
       <c r="D601" t="s">
-        <v>2315</v>
+        <v>2324</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2316</v>
+        <v>2325</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2317</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B602" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C602" t="s">
-        <v>2318</v>
+        <v>2327</v>
       </c>
       <c r="D602" t="s">
-        <v>2319</v>
+        <v>2328</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2320</v>
+        <v>2329</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>2321</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B603" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C603" t="s">
-        <v>2322</v>
+        <v>2331</v>
       </c>
       <c r="D603" t="s">
-        <v>2323</v>
+        <v>2332</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2324</v>
+        <v>2333</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>2325</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B604" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C604" t="s">
-        <v>2326</v>
+        <v>2335</v>
       </c>
       <c r="D604" t="s">
-        <v>2327</v>
+        <v>2336</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2328</v>
+        <v>2337</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2329</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B605" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C605" t="s">
-        <v>2330</v>
+        <v>2339</v>
       </c>
       <c r="D605" t="s">
-        <v>1532</v>
+        <v>2340</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>2331</v>
+        <v>2341</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>2332</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B606" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C606" t="s">
-        <v>2333</v>
+        <v>2343</v>
       </c>
       <c r="D606" t="s">
-        <v>2334</v>
+        <v>2344</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>2335</v>
+        <v>2345</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>2336</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B607" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C607" t="s">
-        <v>2337</v>
+        <v>2347</v>
       </c>
       <c r="D607" t="s">
-        <v>2338</v>
+        <v>1954</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>2339</v>
+        <v>2348</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>2340</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B608" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C608" t="s">
-        <v>2341</v>
+        <v>2350</v>
       </c>
       <c r="D608" t="s">
-        <v>2342</v>
+        <v>2351</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>2343</v>
+        <v>2352</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>2344</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B609" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C609" t="s">
-        <v>2345</v>
+        <v>2354</v>
       </c>
       <c r="D609" t="s">
-        <v>2346</v>
+        <v>2355</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>2347</v>
+        <v>2356</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>2348</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B610" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C610" t="s">
-        <v>2349</v>
+        <v>2358</v>
       </c>
       <c r="D610" t="s">
-        <v>2350</v>
+        <v>2359</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>2351</v>
+        <v>2360</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>2352</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B611" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C611" t="s">
-        <v>2353</v>
+        <v>2362</v>
       </c>
       <c r="D611" t="s">
-        <v>2354</v>
+        <v>2363</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2355</v>
+        <v>2364</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>2356</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B612" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C612" t="s">
-        <v>2357</v>
+        <v>2366</v>
       </c>
       <c r="D612" t="s">
-        <v>2358</v>
+        <v>2367</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>2359</v>
+        <v>2368</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>2360</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B613" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C613" t="s">
-        <v>2361</v>
+        <v>2370</v>
       </c>
       <c r="D613" t="s">
-        <v>2362</v>
+        <v>1566</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B614" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C614" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="D614" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>2368</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B615" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C615" t="s">
-        <v>2369</v>
+        <v>2377</v>
       </c>
       <c r="D615" t="s">
-        <v>2370</v>
+        <v>2378</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2371</v>
+        <v>2379</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2372</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="B616" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
       <c r="C616" t="s">
-        <v>2373</v>
+        <v>2381</v>
       </c>
       <c r="D616" t="s">
-        <v>2374</v>
+        <v>2382</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2375</v>
+        <v>2383</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2376</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B617" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C617" t="s">
-        <v>2377</v>
+        <v>2387</v>
       </c>
       <c r="D617" t="s">
-        <v>2378</v>
+        <v>2388</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>2379</v>
+        <v>2389</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>2380</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B618" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C618" t="s">
-        <v>58</v>
+        <v>2391</v>
       </c>
       <c r="D618" t="s">
-        <v>59</v>
+        <v>2392</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>2381</v>
+        <v>2393</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>2382</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B619" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C619" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="D619" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>2385</v>
+        <v>2397</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>2386</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B620" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C620" t="s">
-        <v>2387</v>
+        <v>2399</v>
       </c>
       <c r="D620" t="s">
-        <v>2388</v>
+        <v>2400</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>2389</v>
+        <v>2401</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>2390</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B621" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C621" t="s">
-        <v>2391</v>
+        <v>2403</v>
       </c>
       <c r="D621" t="s">
-        <v>2392</v>
+        <v>2404</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>2393</v>
+        <v>2405</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>2394</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B622" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C622" t="s">
-        <v>2395</v>
+        <v>2407</v>
       </c>
       <c r="D622" t="s">
-        <v>2396</v>
+        <v>2408</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>2397</v>
+        <v>2409</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>2398</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B623" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C623" t="s">
-        <v>2399</v>
+        <v>2411</v>
       </c>
       <c r="D623" t="s">
-        <v>2400</v>
+        <v>1582</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2401</v>
+        <v>2412</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2402</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2304</v>
+        <v>2385</v>
       </c>
       <c r="B624" t="s">
-        <v>2305</v>
+        <v>2386</v>
       </c>
       <c r="C624" t="s">
-        <v>2403</v>
+        <v>2414</v>
       </c>
       <c r="D624" t="s">
-        <v>2404</v>
+        <v>2415</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>2405</v>
+        <v>2416</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>2406</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2407</v>
+        <v>2385</v>
       </c>
       <c r="B625" t="s">
-        <v>2408</v>
+        <v>2386</v>
       </c>
       <c r="C625" t="s">
-        <v>2409</v>
+        <v>2418</v>
       </c>
       <c r="D625" t="s">
-        <v>2410</v>
+        <v>2419</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>2411</v>
+        <v>2420</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>2412</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2407</v>
+        <v>2385</v>
       </c>
       <c r="B626" t="s">
-        <v>2408</v>
+        <v>2386</v>
       </c>
       <c r="C626" t="s">
-        <v>1286</v>
+        <v>2422</v>
       </c>
       <c r="D626" t="s">
-        <v>1287</v>
+        <v>2423</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>2413</v>
+        <v>2424</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2414</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2407</v>
+        <v>2385</v>
       </c>
       <c r="B627" t="s">
-        <v>2408</v>
+        <v>2386</v>
       </c>
       <c r="C627" t="s">
-        <v>2415</v>
+        <v>2426</v>
       </c>
       <c r="D627" t="s">
-        <v>2416</v>
+        <v>2427</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>2417</v>
+        <v>2428</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>2418</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B628" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C628" t="s">
-        <v>2421</v>
+        <v>2430</v>
       </c>
       <c r="D628" t="s">
-        <v>2422</v>
+        <v>2431</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>2423</v>
+        <v>2432</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>2424</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B629" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C629" t="s">
-        <v>2425</v>
+        <v>2434</v>
       </c>
       <c r="D629" t="s">
-        <v>2426</v>
+        <v>2435</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>2427</v>
+        <v>2436</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>2428</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B630" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C630" t="s">
-        <v>2429</v>
+        <v>2438</v>
       </c>
       <c r="D630" t="s">
-        <v>2430</v>
+        <v>2439</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>2431</v>
+        <v>2440</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>2432</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B631" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C631" t="s">
-        <v>2433</v>
+        <v>2442</v>
       </c>
       <c r="D631" t="s">
-        <v>2434</v>
+        <v>2443</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2435</v>
+        <v>2444</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>2436</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B632" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C632" t="s">
-        <v>2437</v>
+        <v>2446</v>
       </c>
       <c r="D632" t="s">
-        <v>2438</v>
+        <v>2447</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2439</v>
+        <v>2448</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2440</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B633" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C633" t="s">
-        <v>2441</v>
+        <v>2450</v>
       </c>
       <c r="D633" t="s">
-        <v>2442</v>
+        <v>2451</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>2443</v>
+        <v>2452</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>2444</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B634" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C634" t="s">
-        <v>2445</v>
+        <v>2454</v>
       </c>
       <c r="D634" t="s">
-        <v>2446</v>
+        <v>2455</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2447</v>
+        <v>2456</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2448</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B635" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C635" t="s">
-        <v>2449</v>
+        <v>2458</v>
       </c>
       <c r="D635" t="s">
-        <v>2450</v>
+        <v>2459</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2451</v>
+        <v>2460</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>2452</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B636" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C636" t="s">
-        <v>2453</v>
+        <v>58</v>
       </c>
       <c r="D636" t="s">
-        <v>2454</v>
+        <v>59</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2455</v>
+        <v>2462</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2456</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B637" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C637" t="s">
-        <v>371</v>
+        <v>2464</v>
       </c>
       <c r="D637" t="s">
-        <v>372</v>
+        <v>2465</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2457</v>
+        <v>2466</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2458</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B638" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C638" t="s">
-        <v>2459</v>
+        <v>2468</v>
       </c>
       <c r="D638" t="s">
-        <v>2460</v>
+        <v>2469</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2461</v>
+        <v>2470</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>2462</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B639" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C639" t="s">
-        <v>2463</v>
+        <v>2472</v>
       </c>
       <c r="D639" t="s">
-        <v>2464</v>
+        <v>2473</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2465</v>
+        <v>2474</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2466</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B640" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C640" t="s">
-        <v>2467</v>
+        <v>2476</v>
       </c>
       <c r="D640" t="s">
-        <v>2468</v>
+        <v>2477</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2469</v>
+        <v>2478</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>2470</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B641" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C641" t="s">
-        <v>2471</v>
+        <v>2480</v>
       </c>
       <c r="D641" t="s">
-        <v>2472</v>
+        <v>2481</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2473</v>
+        <v>2482</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>2474</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2419</v>
+        <v>2385</v>
       </c>
       <c r="B642" t="s">
-        <v>2420</v>
+        <v>2386</v>
       </c>
       <c r="C642" t="s">
-        <v>2475</v>
+        <v>2484</v>
       </c>
       <c r="D642" t="s">
-        <v>2476</v>
+        <v>2485</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2477</v>
+        <v>2486</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2478</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2419</v>
+        <v>2488</v>
       </c>
       <c r="B643" t="s">
-        <v>2420</v>
+        <v>2489</v>
       </c>
       <c r="C643" t="s">
-        <v>2479</v>
+        <v>2490</v>
       </c>
       <c r="D643" t="s">
-        <v>2480</v>
+        <v>2491</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>2481</v>
+        <v>2492</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2482</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2419</v>
+        <v>2488</v>
       </c>
       <c r="B644" t="s">
-        <v>2420</v>
+        <v>2489</v>
       </c>
       <c r="C644" t="s">
-        <v>2483</v>
+        <v>1314</v>
       </c>
       <c r="D644" t="s">
-        <v>2484</v>
+        <v>1315</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2485</v>
+        <v>2494</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2486</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2419</v>
+        <v>2488</v>
       </c>
       <c r="B645" t="s">
-        <v>2420</v>
+        <v>2489</v>
       </c>
       <c r="C645" t="s">
-        <v>2487</v>
+        <v>2496</v>
       </c>
       <c r="D645" t="s">
-        <v>2488</v>
+        <v>2497</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2489</v>
+        <v>2498</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2490</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B646" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C646" t="s">
-        <v>2491</v>
+        <v>2502</v>
       </c>
       <c r="D646" t="s">
-        <v>2492</v>
+        <v>2503</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2493</v>
+        <v>2504</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>2494</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B647" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C647" t="s">
-        <v>2495</v>
+        <v>2506</v>
       </c>
       <c r="D647" t="s">
-        <v>2496</v>
+        <v>2507</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2497</v>
+        <v>2508</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>2498</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B648" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C648" t="s">
-        <v>2499</v>
+        <v>2510</v>
       </c>
       <c r="D648" t="s">
-        <v>2500</v>
+        <v>2511</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2501</v>
+        <v>2512</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2502</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B649" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C649" t="s">
-        <v>2503</v>
+        <v>2514</v>
       </c>
       <c r="D649" t="s">
-        <v>2504</v>
+        <v>2515</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2505</v>
+        <v>2516</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>2506</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B650" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C650" t="s">
-        <v>2507</v>
+        <v>2518</v>
       </c>
       <c r="D650" t="s">
-        <v>2508</v>
+        <v>2519</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2509</v>
+        <v>2520</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2510</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B651" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C651" t="s">
-        <v>2511</v>
+        <v>2522</v>
       </c>
       <c r="D651" t="s">
-        <v>2511</v>
+        <v>2523</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2512</v>
+        <v>2524</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2513</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B652" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C652" t="s">
-        <v>2514</v>
+        <v>2526</v>
       </c>
       <c r="D652" t="s">
-        <v>2515</v>
+        <v>2527</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2516</v>
+        <v>2528</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>2517</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B653" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C653" t="s">
-        <v>2518</v>
+        <v>2530</v>
       </c>
       <c r="D653" t="s">
-        <v>2519</v>
+        <v>2531</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2520</v>
+        <v>2532</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2521</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B654" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C654" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="D654" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2524</v>
+        <v>2536</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2525</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B655" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C655" t="s">
-        <v>2526</v>
+        <v>379</v>
       </c>
       <c r="D655" t="s">
-        <v>2527</v>
+        <v>380</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2528</v>
+        <v>2538</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>2529</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B656" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C656" t="s">
-        <v>2530</v>
+        <v>2540</v>
       </c>
       <c r="D656" t="s">
-        <v>2531</v>
+        <v>2541</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2532</v>
+        <v>2542</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2533</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B657" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C657" t="s">
-        <v>2534</v>
+        <v>2544</v>
       </c>
       <c r="D657" t="s">
-        <v>2535</v>
+        <v>2545</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2536</v>
+        <v>2546</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2537</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2419</v>
+        <v>2500</v>
       </c>
       <c r="B658" t="s">
-        <v>2420</v>
+        <v>2501</v>
       </c>
       <c r="C658" t="s">
-        <v>2538</v>
+        <v>2548</v>
       </c>
       <c r="D658" t="s">
-        <v>2539</v>
+        <v>2549</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2540</v>
+        <v>2550</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>2541</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B659" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C659" t="s">
-        <v>2544</v>
+        <v>2552</v>
       </c>
       <c r="D659" t="s">
-        <v>2545</v>
+        <v>2553</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2546</v>
+        <v>2554</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2547</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B660" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C660" t="s">
-        <v>2548</v>
+        <v>2556</v>
       </c>
       <c r="D660" t="s">
-        <v>2549</v>
+        <v>2557</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2550</v>
+        <v>2558</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2551</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B661" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C661" t="s">
-        <v>2552</v>
+        <v>2560</v>
       </c>
       <c r="D661" t="s">
-        <v>2553</v>
+        <v>2561</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2554</v>
+        <v>2562</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2555</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B662" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C662" t="s">
-        <v>2556</v>
+        <v>2564</v>
       </c>
       <c r="D662" t="s">
-        <v>2557</v>
+        <v>2565</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2558</v>
+        <v>2566</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2559</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B663" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C663" t="s">
-        <v>2560</v>
+        <v>2568</v>
       </c>
       <c r="D663" t="s">
-        <v>2561</v>
+        <v>2569</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2562</v>
+        <v>2570</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2563</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B664" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C664" t="s">
-        <v>2564</v>
+        <v>2572</v>
       </c>
       <c r="D664" t="s">
-        <v>2565</v>
+        <v>2573</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2566</v>
+        <v>2574</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B665" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C665" t="s">
-        <v>2568</v>
+        <v>2576</v>
       </c>
       <c r="D665" t="s">
-        <v>2569</v>
+        <v>2577</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>2570</v>
+        <v>2578</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>2571</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B666" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C666" t="s">
-        <v>2572</v>
+        <v>2580</v>
       </c>
       <c r="D666" t="s">
-        <v>2573</v>
+        <v>2581</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>2574</v>
+        <v>2582</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>2575</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B667" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C667" t="s">
-        <v>2576</v>
+        <v>2584</v>
       </c>
       <c r="D667" t="s">
-        <v>2577</v>
+        <v>2585</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>2578</v>
+        <v>2586</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2579</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2542</v>
+        <v>2500</v>
       </c>
       <c r="B668" t="s">
-        <v>2543</v>
+        <v>2501</v>
       </c>
       <c r="C668" t="s">
-        <v>2580</v>
+        <v>2588</v>
       </c>
       <c r="D668" t="s">
-        <v>2581</v>
+        <v>2588</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>2582</v>
+        <v>2589</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>2583</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2584</v>
+        <v>2500</v>
       </c>
       <c r="B669" t="s">
-        <v>2585</v>
+        <v>2501</v>
       </c>
       <c r="C669" t="s">
-        <v>2586</v>
+        <v>2591</v>
       </c>
       <c r="D669" t="s">
-        <v>2587</v>
+        <v>2592</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>2588</v>
+        <v>2593</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>2589</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2584</v>
+        <v>2500</v>
       </c>
       <c r="B670" t="s">
-        <v>2585</v>
+        <v>2501</v>
       </c>
       <c r="C670" t="s">
-        <v>286</v>
+        <v>2595</v>
       </c>
       <c r="D670" t="s">
-        <v>287</v>
+        <v>2596</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>2590</v>
+        <v>2597</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>2591</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2584</v>
+        <v>2500</v>
       </c>
       <c r="B671" t="s">
-        <v>2585</v>
+        <v>2501</v>
       </c>
       <c r="C671" t="s">
-        <v>2592</v>
+        <v>2599</v>
       </c>
       <c r="D671" t="s">
-        <v>2593</v>
+        <v>2600</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>2594</v>
+        <v>2601</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>2595</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2584</v>
+        <v>2500</v>
       </c>
       <c r="B672" t="s">
-        <v>2585</v>
+        <v>2501</v>
       </c>
       <c r="C672" t="s">
-        <v>2596</v>
+        <v>2603</v>
       </c>
       <c r="D672" t="s">
-        <v>2597</v>
+        <v>2604</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>2598</v>
+        <v>2605</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2584</v>
+        <v>2500</v>
       </c>
       <c r="B673" t="s">
-        <v>2585</v>
+        <v>2501</v>
       </c>
       <c r="C673" t="s">
-        <v>2600</v>
+        <v>2607</v>
       </c>
       <c r="D673" t="s">
-        <v>2601</v>
+        <v>2608</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>2602</v>
+        <v>2609</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>2603</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2584</v>
+        <v>2500</v>
       </c>
       <c r="B674" t="s">
-        <v>2585</v>
+        <v>2501</v>
       </c>
       <c r="C674" t="s">
-        <v>2604</v>
+        <v>2611</v>
       </c>
       <c r="D674" t="s">
-        <v>2605</v>
+        <v>2612</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>2606</v>
+        <v>2613</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>2607</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2584</v>
+        <v>2500</v>
       </c>
       <c r="B675" t="s">
-        <v>2585</v>
+        <v>2501</v>
       </c>
       <c r="C675" t="s">
-        <v>2608</v>
+        <v>2615</v>
       </c>
       <c r="D675" t="s">
-        <v>2609</v>
+        <v>2616</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>2610</v>
+        <v>2617</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>2611</v>
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6">
+      <c r="A676" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B676" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C676" t="s">
+        <v>2621</v>
+      </c>
+      <c r="D676" t="s">
+        <v>2622</v>
+      </c>
+      <c r="E676" s="2" t="s">
+        <v>2623</v>
+      </c>
+      <c r="F676" s="2" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6">
+      <c r="A677" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B677" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C677" t="s">
+        <v>2625</v>
+      </c>
+      <c r="D677" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E677" s="2" t="s">
+        <v>2627</v>
+      </c>
+      <c r="F677" s="2" t="s">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6">
+      <c r="A678" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B678" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C678" t="s">
+        <v>2629</v>
+      </c>
+      <c r="D678" t="s">
+        <v>2630</v>
+      </c>
+      <c r="E678" s="2" t="s">
+        <v>2631</v>
+      </c>
+      <c r="F678" s="2" t="s">
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6">
+      <c r="A679" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B679" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C679" t="s">
+        <v>2633</v>
+      </c>
+      <c r="D679" t="s">
+        <v>2634</v>
+      </c>
+      <c r="E679" s="2" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F679" s="2" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6">
+      <c r="A680" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B680" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C680" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D680" t="s">
+        <v>2638</v>
+      </c>
+      <c r="E680" s="2" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F680" s="2" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6">
+      <c r="A681" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B681" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C681" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D681" t="s">
+        <v>2642</v>
+      </c>
+      <c r="E681" s="2" t="s">
+        <v>2643</v>
+      </c>
+      <c r="F681" s="2" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6">
+      <c r="A682" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B682" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C682" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D682" t="s">
+        <v>2646</v>
+      </c>
+      <c r="E682" s="2" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F682" s="2" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6">
+      <c r="A683" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B683" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C683" t="s">
+        <v>2649</v>
+      </c>
+      <c r="D683" t="s">
+        <v>2650</v>
+      </c>
+      <c r="E683" s="2" t="s">
+        <v>2651</v>
+      </c>
+      <c r="F683" s="2" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6">
+      <c r="A684" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B684" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C684" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D684" t="s">
+        <v>2654</v>
+      </c>
+      <c r="E684" s="2" t="s">
+        <v>2655</v>
+      </c>
+      <c r="F684" s="2" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6">
+      <c r="A685" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B685" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C685" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D685" t="s">
+        <v>2658</v>
+      </c>
+      <c r="E685" s="2" t="s">
+        <v>2659</v>
+      </c>
+      <c r="F685" s="2" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="A686" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B686" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D686" t="s">
+        <v>2664</v>
+      </c>
+      <c r="E686" s="2" t="s">
+        <v>2665</v>
+      </c>
+      <c r="F686" s="2" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="A687" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B687" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C687" t="s">
+        <v>294</v>
+      </c>
+      <c r="D687" t="s">
+        <v>295</v>
+      </c>
+      <c r="E687" s="2" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F687" s="2" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="A688" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B688" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C688" t="s">
+        <v>2669</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2670</v>
+      </c>
+      <c r="E688" s="2" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F688" s="2" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B689" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C689" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2674</v>
+      </c>
+      <c r="E689" s="2" t="s">
+        <v>2675</v>
+      </c>
+      <c r="F689" s="2" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B690" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C690" t="s">
+        <v>2677</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2678</v>
+      </c>
+      <c r="E690" s="2" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F690" s="2" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B691" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C691" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D691" t="s">
+        <v>2682</v>
+      </c>
+      <c r="E691" s="2" t="s">
+        <v>2683</v>
+      </c>
+      <c r="F691" s="2" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B692" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C692" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E692" s="2" t="s">
+        <v>2687</v>
+      </c>
+      <c r="F692" s="2" t="s">
+        <v>2688</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">